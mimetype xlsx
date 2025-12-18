--- v0 (2025-11-01)
+++ v1 (2025-12-18)
@@ -179,51 +179,52 @@
   <si>
     <t>PARECER DAS COMISSÕES PERMANENTES nº 78 de 2025</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÕES DE JUSTIÇA E REDAÇÃO,  Nº. 78, 28 DE OUTUBRO DE 2025_x000D_
 ASSUNTO: PROJETO DE DECRETO LEGISLATIVO Nº. 05, de 07 DE OUTUBRO de 2025 que “Concede Título de Cidadão Honorário do Município de Nova Andradina, Estado de Mato Grosso do Sul, a Senhor ADEMIR PEREIRA DA SILVA, e dá outras providências”.</t>
   </si>
   <si>
     <t>REQUERIMENTO nº 109 de 2025</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes depois de ter ouvido o Plenário, REQUER À MESA DIRETORA, que encaminhe ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI e ao Secretário Municipal de Planejamento, Sr. DAVID GALIEGO, solicitando a completude do Processo de Estabilização de Carga Horária (Capa a capa) do Procurador do Município de Nova Andradina-MS, Sr. DANIEL DE OLIVEIRA BASTOS ( Portaria 785 de 10 de setembro de 2025 publicada no diário oficial de 12 de setembro de 2025 ).</t>
   </si>
   <si>
     <t>REQUERIMENTO nº 110 de 2025</t>
   </si>
   <si>
     <t>JOSENILDO CEARÁ,ADELAR BELO,ALEMÃO DA SEMENTE,DEILDO PISCINEIRO,DITO MACHADO,FABIO ZANATA,GABRIELA DELGADO,MÁRCIA LOBO,NALEU DA CASA VERDE,PROFESSOR LUCIANO LEAL,QUEMUEL DE ALENCAR,WILLIAN MORAES,WILSON ALMEIDA</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes depois de ter ouvido o Plenário, REQUER À MESA DIRETORA, que seja encaminhado expediente ao Prefeito municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, a Secretária Municipal de Saúde, Sra. JOZELI CHULLI, solicitando relatório detalhado dos valores pagos pela realização de exames especializados custeados pelo Município._x000D_
 Solicita-se que o relatório contemple o período de janeiro a junho de 2025, contendo as seguintes informações:_x000D_
 • Tipo de exame realizado (tais como: colonoscopia, endoscopia, ultrassonografia, ressonância magnética, raio x, cateterismo, e todos os outros exames que são custeados pela saúde em empresas terceirizadas);_x000D_
 • Quantidade de exames realizados;_x000D_
 • Valor unitário pago por cada tipo de exame;_x000D_
-• Valor total desembolsado no período analisado.</t>
+• Valor total desembolsado no período analisado;_x000D_
+• Especialidades pagas para terceiros.</t>
   </si>
   <si>
     <t>REQUERIMENTO nº 111 de 2025</t>
   </si>
   <si>
     <t>REQUEREM À MESA DIRETORA, que o Projeto abaixo discriminado seja considerado em REGIME DE URGÊNCIA ESPECIAL, entrando na presente Sessão Ordinária em 1ª discussão e votação, dispensando as normas regimentais em contrário:  _x000D_
  _x000D_
  _x000D_
 PROJETO DE LEI Nº 27, de 20 de Outubro de 2025. Dispõe sobre a autorização ao Poder Executivo Municipal de abertura de crédito suplementar por anulação de dotação orçamentária, e dá outras providências.</t>
   </si>
   <si>
     <t>REQUERIMENTO nº 112 de 2025</t>
   </si>
   <si>
     <t>REQUEREM À MESA DIRETORA, que o Projeto abaixo discriminado seja considerado em REGIME DE URGÊNCIA ESPECIAL, entrando na presente Sessão Ordinária em 1ª discussão e votação, dispensando as normas regimentais em contrário: _x000D_
 _x000D_
 _x000D_
 PROJETO DE LEI Nº 28, de 20 de Outubro de 2025. Dispõe sobre a autorização ao Poder Executivo Municipal de abertura de crédito suplementar por superávit financeiro, e dá outras providências.</t>
   </si>
   <si>
     <t>REQUERIMENTO nº 113 de 2025</t>
   </si>
   <si>
     <t>REQUEREM À MESA DIRETORA, que o Projeto abaixo discriminado seja considerado em REGIME DE URGÊNCIA ESPECIAL, entrando na presente Sessão Ordinária em 1ª discussão e votação, dispensando as normas regimentais em contrário: _x000D_
 PROJETO DE LEI Nº 29, de 20 de Outubro de 2025. Dispõe sobre a autorização ao Poder Executivo Municipal de abertura de crédito suplementar por excesso de arrecadação orçamentária, e dá outras providências.</t>