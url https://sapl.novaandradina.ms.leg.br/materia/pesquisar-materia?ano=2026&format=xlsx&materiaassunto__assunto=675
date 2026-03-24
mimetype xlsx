--- v0 (2026-02-04)
+++ v1 (2026-03-24)
@@ -10,132 +10,320 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128" uniqueCount="86">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>4828</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO</t>
+  </si>
+  <si>
+    <t>ALEMÃO DA SEMENTE</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4828/req_08_alemao.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, e a Secretária de Infraestrutura, Sr. MOAMMAR MUHAMMAD EL ABED, e ao Gerente Regional Da Sanesul de Nova Andradina, SR. JAIR RIBEIRO DE OLIVEIRA, para que preste as seguintes informações acerca da implantação e ampliação da rede de esgotamento sanitário no Município:_x000D_
+1._x000D_
+Em que fase se encontra o processo de implantação/expansão da rede de esgotamento sanitário no município?_x000D_
+2._x000D_
+As obras atualmente em execução possuem prazo definido para conclusão? Em caso positivo, qual o cronograma oficial previsto?_x000D_
+3._x000D_
+Quais bairros do município ainda não foram contemplados com a rede de esgoto?_x000D_
+4._x000D_
+Há planejamento ou cronograma para atendimento dessas localidades?</t>
+  </si>
+  <si>
     <t>4768</t>
   </si>
   <si>
-    <t>2026</t>
-[...1 lines deleted...]
-  <si>
     <t>7</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4768/ind_07_wilson.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4768/ind_07_wilson.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, ao Secretário Estadual de Infraestrutura e Logística, Sr. GUILHERME ALCANTARA, ao Diretor Regional da 9ª RR Agesul, Sr. JÚLIO CÉSAR CASTRO MARQUES, e ao Secretário Municipal de Infraestrutura, Sr. MOAMMAR MUHAMMAD EL ABED, solicitando a elaboração e implantação de uma rotatória ou dispositivo de acesso viário na ligação da Rua Massayuki Azuma, localizada no Residencial Jardim Imperial, com a Rodovia MS-473 – Rodovia Jesus Ferreira Neves.</t>
   </si>
   <si>
     <t>4774</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4774/ind_11_deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4774/ind_11_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, ao Secretário Municipal Infraestrutura, Sr. MOAMMAR MUHAMMAD EL ABED e ao Secretário Municipal de Finanças e Gestão, Sr. HERNANDES ORTIZ, solicitando que sejam realizados estudos para o envio de Projeto de Lei para que as ruas/vias públicas/logradouros do município de Nova Andradina que não forem pavimentadas, os imóveis não sejam tributados com o IPTU.</t>
   </si>
   <si>
     <t>4778</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>FABIO ZANATA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4778/ind_15_fabio_zanata.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4778/ind_15_fabio_zanata.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, ao Secretário Municipal Infraestrutura, Sr. MOAMMAR MUHAMMAD EL ABED, e ao Diretor do Departamento de Trânsito do Município de Nova Andradina, Sr. PEDRO GOMES SOARES, solicitando um estudo urgente de adequação da mobilidade urbana para pessoas com deficiência no âmbito do município de Nova Andradina-MS, constando de:_x000D_
 a) Placas de sinalização e de estacionamento que abranja Pessoas com Deficiência;_x000D_
 b) Placas de sinalização e estacionamento específico a pessoas com autismo;_x000D_
 c) Acesso a cadeirantes nas faixas de pedestres e adequação dos calçamentos para trânsito dos mesmos;_x000D_
 d) Estudos minuciosos com colaboração dos órgãos de ensino, de trânsitos e APAE para realização de melhorias da qualidade de mobilidade urbana das PCDs e a devida dignidade humana.</t>
+  </si>
+  <si>
+    <t>4798</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4798/ind_24_wilson.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, ao Diretor do Departamento Municipal de Trânsito – DEMTRAN, Sr. PEDRO GOMES SOARES, ao Secretário Municipal de Infraestrutura, Sr. MOAMMAR MUHAMMAD EL ABED, e ao Secretário Municipal de Serviços Públicos, Sr. RAPHAEL AUGUSTO PERPÉTUO, solicitando a instalação de semáforo para pedestres no cruzamento da Avenida Antônio Joaquim de Moura Andrade com a rua Santa Lúcia.</t>
+  </si>
+  <si>
+    <t>4807</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>PROFESSOR LUCIANO LEAL, FABIO ZANATA, GABRIELA DELGADO</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4807/ind_31_luciano_fabio_e_gabriela.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador e a Vereadora que a esta subscrevem nos termos regimentais vigentes depois de ter ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, a Secretaria Municipal de Assistência Social e Cidadania, Sra. MARIA APARECIDA DOS SANTOS CORREIRA VALDEZ, ao Secretário Municipal Educação, Cultura e Esporte, Sr. WAGNER PÉRIGO, ao Secretário Municipal de Finanças e Gestão, Sr. HERNANDES ORTIZ, ao Secretário Municipal de Planejamento e Administração, Sr. DAVID GALIEGO, ao Secretário Municipal de Saúde, Sr. HERMES SANTOS, ao Secretário Municipal de Infraestrutura, MOAMMAR MUHAMMED EL ABED, e ao Secretário Municipal de Meio Ambiente e Desenvolvimento Integrado, Sr. HEMERSON ISRAEL SANTOS, e ao Secretário Municipal de Serviços Públicos, Sr. RAPHAEL AUGUSTO PERPÉTUO,</t>
+  </si>
+  <si>
+    <t>4821</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>GABRIELA DELGADO</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4821/ind_36_gabriela.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ter ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, e ao Secretário Municipal de Infraestrutura, Sr. MOAMMAR MUHAMMAD EL ABED, Reiterando as indicações n° 249/2024 e a nº 215/2025, solicitando que no projeto de pavimentação asfáltica na Avenida Nova Andradina no Distrito de Nova Casa Verde, seja incluída uma pista de caminhada e arborização em toda a sua extensão.</t>
+  </si>
+  <si>
+    <t>4824</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>MÁRCIA LOBO, GABRIELA DELGADO</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4824/ind_39_marcia_e_gabriela.pdf</t>
+  </si>
+  <si>
+    <t>As Vereadoras que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI e ao Secretário Municipal de Infraestrutura, Sr. MOAMMAR MUHAMMAD EL ABED, solicitando a implantação da rede de esgoto no Distrito de Nova Casa Verde.</t>
+  </si>
+  <si>
+    <t>4827</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>NALEU DA CASA VERDE, DEILDO PISCINEIRO</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4827/ind_42_naleu_e_deildo.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, , ao Secretário Municipal de Infraestrutura, Sr. MOAMMAR MUHAMMED EL ABED, ao Secretário Municipal de Serviços Públicos, Sr. RAPAHEL PÉRPETUO, ao Secretário do Meio Ambiente e Desenvolvimento Integrado, Sr. HEMERSON ISRAEL RAVISIO, ao Deputado, Sr. PEDRO ARLEI CARAVINA, juntamente a AGESUL, solicitando que seja realizado o revestimento com cascalho das estradas do Assentamento Santa Olga, em medida de urgência pois se encontra em situação precárias principalmente após as chuvas.</t>
+  </si>
+  <si>
+    <t>4830</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4830/ind_43_deildo.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, ao Secretário Estadual de Infraestrutura e Logística, Sr. GUILHERME ALCANTARA, ao Diretor Regional da 9ª RR Agesul, Sr. JÚLIO CÉSAR CASTRO MARQUES, solicitando Processo Licitatório Urgente para Contratação de Empresa e Implantação de Guard Rail no Anel Viário Fernando Lima de Vasconcelos nas proximidades do Bairro Portal do Parque.</t>
+  </si>
+  <si>
+    <t>4842</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>ADELAR BELO</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4842/ind_47_adelar.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, ao Secretário Municipal de Serviços Públicos, Sr. RAPHAEL AUGUSTO PERPÉTUO, ao Secretário de Infraestrutura, Sr. MOAMMAR MUHAMMAD EL ABED, e ao Diretor dos Correios, Sr. LUIZ HENRIQUE TORRES, solicitando a instalação de placas de identificação com nomes das ruas e CEPs atualizados bem como manutenção e substituição das placas já existentes que estejam desatualizadas ou danificadas Distrito de Nova casa Verde.</t>
+  </si>
+  <si>
+    <t>4844</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>JOSENILDO CEARÁ</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4844/ind_49_ceara.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhada a Bancada Federal e a Bancada Estadual do Partido dos Trabalhadores (PT), com cópia ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, com cópia ao Secretário Municipal de Serviços Públicos, Sr. RAPHAEL AUGUSTO PERPÉTUO, com cópia ao Secretário Municipal de Infraestrutura, Sr. MOAMMAR MUHAMMAD EL ABED, que envidem esforços junto aos órgãos competentes para viabilizar a implantação de um Parque Infantil e de uma Academia ao Ar Livre na Praça Pedro Pedrossian, localizada neste município.</t>
+  </si>
+  <si>
+    <t>4846</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>MÁRCIA LOBO</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4846/ind_51_marcia.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, e ao Secretário Municipal de Infraestrutura, Sr. MOAMMAR MUHAMMAD EL ABED, solicitando o conserto da base de cimento da cesta de basquete da quadra localizada na Praça Israel Cardonski</t>
+  </si>
+  <si>
+    <t>4847</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>NALEU DA CASA VERDE</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4847/ind_52_naleu.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO F. L. FEDOSSI, ao Secretário Municipal de Infraestrutura, Sr. MOAMMAR MUHAMMED EL ABED, ao Secretário Municipal de Serviços Públicos, Sr. RAPAHEL PÉRPETUO, ao Secretário do Meio Ambiente e Desenvolvimento Integrado, Sr. HEMERSON ISRAEL RAVISIO, ao Deputado Estadual, Sr. PEDRO ARLEI CARAVINA, solicitando uma Emenda Parlamentar que seja realizado o revestimento com cascalho das estradas dos Assentamentos Santa Olga, Peroba e Angico, Teijin, Santa Luzia e São João com 800m³ de cascalho fino para o revestimento, solicitamos em medida de urgência e emergência, pois se encontra em situação precárias principalmente após as chuvas.</t>
+  </si>
+  <si>
+    <t>4851</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>GABRIELA DELGADO, FABIO ZANATA, NALEU DA CASA VERDE, PROFESSOR LUCIANO LEAL, WILLIAN MORAES</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4851/ind_56_gabriela_fabio_naleu_luciano_e_willian.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora e os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, ao Secretário de Infraestrutura, Sr. MOAMMAR MUHAMMAD EL ABED, e a Deputada Estadual, Sra. MARA CASEIRO, reiterando a indicação nº 365/2025, a viabilidade de emenda parlamentar no valor de R$ 360.000,00 (trezentos e sessenta mil reais) para a construção de vestiários e arquibancadas no campo de futebol do Distrito de Nova Casa Verde, no município de Nova Andradina/MS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -439,67 +627,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4768/ind_07_wilson.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4774/ind_11_deildo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4778/ind_15_fabio_zanata.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4828/req_08_alemao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4768/ind_07_wilson.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4774/ind_11_deildo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4778/ind_15_fabio_zanata.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4798/ind_24_wilson.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4807/ind_31_luciano_fabio_e_gabriela.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4821/ind_36_gabriela.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4824/ind_39_marcia_e_gabriela.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4827/ind_42_naleu_e_deildo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4830/ind_43_deildo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4842/ind_47_adelar.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4844/ind_49_ceara.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4846/ind_51_marcia.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4847/ind_52_naleu.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4851/ind_56_gabriela_fabio_naleu_luciano_e_willian.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="17.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="94.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="123.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -522,96 +710,420 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5" t="s">
+        <v>19</v>
+      </c>
+      <c r="F5" t="s">
+        <v>30</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" t="s">
+        <v>19</v>
+      </c>
+      <c r="F7" t="s">
+        <v>39</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>42</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" t="s">
+        <v>19</v>
+      </c>
+      <c r="F8" t="s">
+        <v>44</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>47</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>48</v>
+      </c>
+      <c r="D9" t="s">
+        <v>18</v>
+      </c>
+      <c r="E9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F9" t="s">
+        <v>49</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H9" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>52</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>53</v>
+      </c>
+      <c r="D10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E10" t="s">
+        <v>19</v>
+      </c>
+      <c r="F10" t="s">
+        <v>54</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H10" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>57</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>58</v>
+      </c>
+      <c r="D11" t="s">
+        <v>18</v>
+      </c>
+      <c r="E11" t="s">
+        <v>19</v>
+      </c>
+      <c r="F11" t="s">
         <v>25</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H11" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>61</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>62</v>
+      </c>
+      <c r="D12" t="s">
+        <v>18</v>
+      </c>
+      <c r="E12" t="s">
+        <v>19</v>
+      </c>
+      <c r="F12" t="s">
+        <v>63</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H12" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>66</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>67</v>
+      </c>
+      <c r="D13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E13" t="s">
+        <v>19</v>
+      </c>
+      <c r="F13" t="s">
+        <v>68</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H13" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>71</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>72</v>
+      </c>
+      <c r="D14" t="s">
+        <v>18</v>
+      </c>
+      <c r="E14" t="s">
+        <v>19</v>
+      </c>
+      <c r="F14" t="s">
+        <v>73</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="H14" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>76</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D15" t="s">
+        <v>18</v>
+      </c>
+      <c r="E15" t="s">
+        <v>19</v>
+      </c>
+      <c r="F15" t="s">
+        <v>78</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="H15" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>81</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>82</v>
+      </c>
+      <c r="D16" t="s">
+        <v>18</v>
+      </c>
+      <c r="E16" t="s">
+        <v>19</v>
+      </c>
+      <c r="F16" t="s">
+        <v>83</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H16" t="s">
+        <v>85</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>