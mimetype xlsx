--- v0 (2026-02-04)
+++ v1 (2026-03-26)
@@ -10,128 +10,217 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="55">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>4868</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO</t>
+  </si>
+  <si>
+    <t>JOSENILDO CEARÁ</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4868/req_17_ceara.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois ter ouvido o Plenário, REQUER À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, ao Secretário Municipal de Finanças, Sr. HERNANDES ORTIZ, e Secretário Municipal de Administração e Planejamento, Sr. DAVID TRINDADE GALIEGO, que seja encaminhado pedido de informações acerca do Contrato nº 144/2011, firmado entre a Prefeitura Municipal de Nova Andradina e a empresa Aires e Gonçalves Advogados, bem como sobre o Termo Aditivo nº 015 do referido contrato, que trata da contratação de empresa para prestação de serviços advocatícios consistentes no levantamento, revisão e recuperação do ITR recolhido e ainda não repassado, referente ao ano de 2010 e aos cinco anos anteriores._x000D_
+Diante do exposto, requer-se o envio das seguintes informações:_x000D_
+1.Informar qual o montante total de recursos pagos à empresa Aires e Gonçalves Advogados, referente ao Contrato nº 144/2011, ...</t>
+  </si>
+  <si>
     <t>4763</t>
   </si>
   <si>
-    <t>2026</t>
-[...1 lines deleted...]
-  <si>
     <t>2</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>JOSENILDO CEARÁ, ADELAR BELO, ALEMÃO DA SEMENTE, DEILDO PISCINEIRO, DITO MACHADO, FABIO ZANATA, GABRIELA DELGADO, MÁRCIA LOBO, NALEU DA CASA VERDE, PROFESSOR LUCIANO LEAL, QUEMUEL DE ALENCAR, WILLIAN MORAES, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4763/ind_02_ceara_e_subscritos.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4763/ind_02_ceara_e_subscritos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores e as Vereadoras que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, ao Secretário Municipal de Administração e Planejamento, Sr. DAVID TRINDADE GALIEGO, e ao Municipal de Finanças, Sr. HERNANDEZ ORTIZ, sugerindo o envio de Projeto de Lei a esta Casa, conforme anteprojeto anexo, que dispõe sobre o descongelamento do tempo de serviço dos servidores públicos municipais durante o período da Lei Complementar Federal nº 173/2020.</t>
   </si>
   <si>
     <t>4765</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>ADELAR BELO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4765/ind_04_adelar.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4765/ind_04_adelar.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, ao Secretário Municipal de Meio Ambiente e Desenvolvimento Integrado (SEMADI) Sr. HEMERSON ISRAEL DOS SANTOS, ao Secretário Municipal de Finanças e Gestão, Sr. HERNANDEZ ORTIZ e ao Secretário Municipal de Planejamento e Administração, Sr. DAVID TRINDADE GALIEGO, solicitando a aquisição de computador e impressora para a Sala Da Cidadania.</t>
   </si>
   <si>
     <t>4774</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4774/ind_11_deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4774/ind_11_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, ao Secretário Municipal Infraestrutura, Sr. MOAMMAR MUHAMMAD EL ABED e ao Secretário Municipal de Finanças e Gestão, Sr. HERNANDES ORTIZ, solicitando que sejam realizados estudos para o envio de Projeto de Lei para que as ruas/vias públicas/logradouros do município de Nova Andradina que não forem pavimentadas, os imóveis não sejam tributados com o IPTU.</t>
+  </si>
+  <si>
+    <t>4883</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4883/ind_69_ceara.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, ao Secretário Municipal de Administração e Planejamento, Sr. DAVID TRINDADE GALIEGO, e ao Secretário Municipal de Finanças, Sr. HERNANDES ORTIZ, indicando a alteração do §1º do Artigo 81 da Lei Municipal nº 42/2002, a fim de permitir que as férias dos servidores públicos municipais possam ser parceladas em períodos de 10 (dez) dias, ao invés do período atualmente previsto de 15 (quinze) dias.</t>
+  </si>
+  <si>
+    <t>4884</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4884/ind_70_ceara.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, ao Secretário Municipal de Finanças, Sr. HERNANDES ORTIZ, e ao Secretário Municipal de Educação, Cultura e Esporte, Sr. WAGNER PERIGO, solicitando que seja dado o andamento da Indicação n° 230/2022, da então Vereadora Maria Aparecida dos Santos Correia Valdez, que solicitou para ser feito um busto/placa em homenagem ao pioneiro Francisco Martins Cardoso conhecido como “CHICO MANAUS”, na Avenida Antônio Joaquim de Moura Andrade – Esquina com a Rua Cristo Rei (local popularmente conhecido como “A Pedra”) falecido no dia 07/11/2021.</t>
+  </si>
+  <si>
+    <t>4890</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>GABRIELA DELGADO</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4890/ind_75_gabriela.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ter ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, ao Secretário Municipal de Educação, Cultura e Esporte, Sr. WAGNER CARLOS PÉRIGO, ao Secretário Municipal de Planejamento e Administração, Sr. DAVID TRINDADE GALIEGO, e ao Secretário Municipal de Finanças e Gestão, Sr. HERNANDES ORTIZ, a necessidade de criação do cargo de Instrutor Musical, com a finalidade de consolidar e ampliar o trabalho já desenvolvido pela Banda Marcial Municipal Getúlio Vargas, estendendo suas atividades ao Distrito de Nova Casa Verde.</t>
+  </si>
+  <si>
+    <t>4894</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>JOSENILDO CEARÁ, PROFESSOR LUCIANO LEAL</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4894/ind_76_luciano_e_ceara.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes depois de ter ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERRIERA LUIZ FEDOSSI, ao Secretário Municipal de Finanças e Gestão, Sr. HERNANDES ORTIZ, e ao Secretário Municipal de Planejamento e Administração, Sr. DAVID TRINDADE GALIEGO, ao Presidente da Câmara Municipal de Nova Andradina, Sr. FÁBIO ZANATA, reiterando a Indicação n°21/2025, que solicita estudo da viabilidade da inclusão de uma cesta básica aos servidores públicos municipais, ou ticket/vale alimentação em todos os meses do ano.</t>
+  </si>
+  <si>
+    <t>4923</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4923/012_-_rampa_-_cadeirante_-_reiterada.doc</t>
+  </si>
+  <si>
+    <t>INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI,  ao Secretário Municipal de Finanças e Gestão, Sr. HERNANDES ORTIZ, e ao Secretário Municipal de Infraestrutura, Sr. MOAMMAR MUHAMMAD EL ABED, reiterando as Indicações nº 37/2021, 186/2023, 31/2024 e 12/2025,  solicitando que seja viabilizado com o máximo de urgência, um estudo de reparo nas rampas de acesso para cadeirantes, em todo o perímetro da Av. Antônio Joaquim de Moura Andrade, Av. Eurico Soares Andrade e a rampa de acesso ao CRENA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -435,67 +524,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4763/ind_02_ceara_e_subscritos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4765/ind_04_adelar.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4774/ind_11_deildo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4868/req_17_ceara.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4763/ind_02_ceara_e_subscritos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4765/ind_04_adelar.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4774/ind_11_deildo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4883/ind_69_ceara.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4884/ind_70_ceara.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4890/ind_75_gabriela.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4894/ind_76_luciano_e_ceara.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4923/012_-_rampa_-_cadeirante_-_reiterada.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="227.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="105.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="115.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -518,96 +607,258 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>25</v>
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5" t="s">
+        <v>19</v>
+      </c>
+      <c r="F5" t="s">
+        <v>30</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" t="s">
+        <v>19</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>41</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" t="s">
+        <v>19</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>46</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" t="s">
+        <v>18</v>
+      </c>
+      <c r="E9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F9" t="s">
+        <v>48</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H9" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E10" t="s">
+        <v>19</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H10" t="s">
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>