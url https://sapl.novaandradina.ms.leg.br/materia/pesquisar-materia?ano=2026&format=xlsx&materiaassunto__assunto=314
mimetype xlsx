--- v0 (2026-02-05)
+++ v1 (2026-03-27)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4770</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>QUEMUEL DE ALENCAR, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4770/ind_09_quemuel_e_wilson.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4770/ind_09_quemuel_e_wilson.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, ao Secretário Municipal de Saúde, Sr. HERMES SANTOS, solicitação para ampliação do número de profissionais fisioterapeutas na rede pública de saúde, com o objetivo de atender à crescente demanda de pacientes acamados que não possuem condições de locomoção até as unidades de saúde, necessitando de atendimento fisioterapêutico em domicílio.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -405,67 +405,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4770/ind_09_quemuel_e_wilson.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2026/4770/ind_09_quemuel_e_wilson.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="37.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="105.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>