--- v0 (2025-12-21)
+++ v1 (2026-03-24)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4484</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO, FABIO ZANATA, MÁRCIA LOBO, ADELAR BELO, ALEMÃO DA SEMENTE, DITO MACHADO, GABRIELA DELGADO, JOSENILDO CEARÁ, NALEU DA CASA VERDE, PROFESSOR LUCIANO LEAL, QUEMUEL DE ALENCAR, WILLIAN MORAES, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4484/61_-_mocao_de_parabenizacao_-_deildo_marcia_fabio.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4484/61_-_mocao_de_parabenizacao_-_deildo_marcia_fabio.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, REQUEREM À MESA DIRETORA que seja encaminhada MOÇÃO DE PARABENIZAÇÃO a à Equipe FETRAN 2025 – Campeã Estadual da Comemoração aos 15 anos do FETRAN.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -405,67 +405,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4484/61_-_mocao_de_parabenizacao_-_deildo_marcia_fabio.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4484/61_-_mocao_de_parabenizacao_-_deildo_marcia_fabio.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="227.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="130.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="129.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="237.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>