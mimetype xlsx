--- v0 (2025-12-23)
+++ v1 (2026-03-31)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4009</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>GABRIELA DELGADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4009/req_45_gabriela.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4009/req_45_gabriela.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, a Secretária Municipal de Saúde, Sra. JOZELI CHULLI DA SILVA MARTINS, e ao Diretor Geral da Fundação Serviços de Saúde de Nova Andradina, Sr. NORBERTO FABRI JUNIOR, solicitando informações acerca da suspensão das cirurgias de vasectomia no Hospital Regional de Nova Andradina Dr. Francisco Dantas Maniçoba._x000D_
 1. Qual o motivo da interrupção das cirurgias de vasectomia na unidade?_x000D_
 2. Quantos pacientes estão aguardando o procedimento desde janeiro até a presente data?_x000D_
 3. Qual a previsão para o retorno da realização dessas cirurgias no hospital?</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -408,67 +408,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4009/req_45_gabriela.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4009/req_45_gabriela.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>