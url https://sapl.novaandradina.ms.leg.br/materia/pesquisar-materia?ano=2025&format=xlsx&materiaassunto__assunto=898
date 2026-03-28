--- v0 (2025-12-22)
+++ v1 (2026-03-28)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3747</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>WILLIAN MORAES, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3747/ind_89_willian_wilson.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3747/ind_89_willian_wilson.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes depois de ter ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO F. L. FEDOSSI, e ao Secretário de Infraestrutura, Sr. MOAMMAR MUHAMMAD EL ABED, solicitando revitalização de quadras de areia na Praça Joaquim Soares, no Bairro Alvorada, na Praça Antônio Riqueti, no Bairro Guiomar Soares de Andrade e na Praça Candido Frutuoso de Matos, no Bairro Durval Andrade Filho.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -405,67 +405,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3747/ind_89_willian_wilson.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3747/ind_89_willian_wilson.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="33" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="101.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="100.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>