--- v0 (2025-12-22)
+++ v1 (2026-03-29)
@@ -54,91 +54,91 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3702</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>ADELAR BELO, GABRIELA DELGADO, NALEU DA CASA VERDE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3702/req_10_adelar_gabriela_naleu.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3702/req_10_adelar_gabriela_naleu.pdf</t>
   </si>
   <si>
     <t>Os Vereadores e a Vereadora que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, REQUEREM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO F. L. FEDOSSI, ao Secretário Municipal de Educação, Cultura e Esporte, Sr. WAGNER PÉRIGO, ao Secretário Municipal de Infraestrutura, Sr. MOAMMAR MUHAMMAD EL ABED, requerendo informações acerca do andamento das obras da Escola Luiz Cláudio Josué iniciada no ano de 2022 e que, até o momento, encontra-se paralisada.</t>
   </si>
   <si>
     <t>3849</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>ADELAR BELO, ALEMÃO DA SEMENTE, DITO MACHADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3849/req_22_dito.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3849/req_22_dito.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem por meio da Comissão de Obras, Serviços_x000D_
 Públicos e Meio Ambiente nos termos regimentais vigentes depois de ter ouvido o Plenário,_x000D_
 REQUEREM À MESA DIRETORA, que seja encaminhado expediente ao Presidente da_x000D_
 Câmara Municipal de Nova Andradina-MS, Sr. FÁBIO ZANATA, com convite ao Secretário_x000D_
 Municipal de infraestrutura, Sr. MOAMMAR MUHAMMAD EL ABED, ao Secretário_x000D_
 Municipal de Serviços Públicos, Sr. RAPHAEL AUGUSTO PERPÉTUO, ao Secretário_x000D_
 Municipal de Desenvolvimento Integrado e Meio Ambiente, Sr. HEMERSON ISRAEL DOS_x000D_
 SANTOS, e ao Diretor Regional da SANESUL (Nova Andradina-MS), Sr. JAIR RIBEIRO,_x000D_
 requerendo Audiência Pública em representação à população para discutir os serviços prestados_x000D_
 pela empresa SANESUL referentes a implantação das redes de esgoto e o impacto_x000D_
 socioeconômico/ambiental no município de Nova Andradina-MS.</t>
   </si>
   <si>
     <t>4266</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>GABRIELA DELGADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4266/req_74_gabriela.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4266/req_74_gabriela.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, ao Secretário Municipal de Educação, Cultura e Esporte, Sr. WAGNER CARLOS PÉRIGO, e ao Secretário Municipal de Infraestrutura, Sr. MOAMMAR MUHAMMAD EL ABED, solicitando esclarecimentos atualizados acerca do andamento da obra de ampliação da Escola Municipal Professor João de Lima Paes._x000D_
 Diante disso, requer-se:_x000D_
 A. Qual o atual status físico da obra (percentual de execução)?_x000D_
 B. Qual a previsão oficial de conclusão e/ou entrega da ampliação?_x000D_
 C. Houve interferências ou imprevistos que justificaram eventual atraso ou reprogramação?_x000D_
 D. Os recursos inicialmente previstos estão garantidos e adequados para a finalização?_x000D_
 E. Quais providências imediatas estão sendo adotadas para assegurar a conclusão ainda esse ano?</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -451,67 +451,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3702/req_10_adelar_gabriela_naleu.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3849/req_22_dito.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4266/req_74_gabriela.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3702/req_10_adelar_gabriela_naleu.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3849/req_22_dito.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4266/req_74_gabriela.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="52.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="108.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="107.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>