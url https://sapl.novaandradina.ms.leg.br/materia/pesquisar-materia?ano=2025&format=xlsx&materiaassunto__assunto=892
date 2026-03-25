--- v0 (2025-12-25)
+++ v1 (2026-03-25)
@@ -54,66 +54,66 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3694</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>MÁRCIA LOBO, GABRIELA DELGADO, JOSENILDO CEARÁ</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3694/ind_55_marcia_lobo_ceara_gabriela.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3694/ind_55_marcia_lobo_ceara_gabriela.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, solicito o acompanhamento dos requisitos da Lei Complementar nº 47/2002 em relação à Lei Complementar nº 042, de 26 de junho de 2002.</t>
   </si>
   <si>
     <t>3943</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>MÁRCIA LOBO, ADELAR BELO, ALEMÃO DA SEMENTE, DEILDO PISCINEIRO, DITO MACHADO, FABIO ZANATA, GABRIELA DELGADO, JOSENILDO CEARÁ, NALEU DA CASA VERDE, PROFESSOR LUCIANO LEAL, QUEMUEL DE ALENCAR, WILLIAN MORAES, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3943/ind_216_marcia_e_subscritos__1.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3943/ind_216_marcia_e_subscritos__1.pdf</t>
   </si>
   <si>
     <t>A Vereadora e os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, e ao Secretário Municipal de Finanças e Gestão, Sr. HERNANDES ORTIZ, solicitando a realização de estudos técnicos e jurídicos visando à alteração da Lei Complementar nº 223, de 4 de junho de 2018, com o objetivo de acrescentar critérios complementares para o reconhecimento da posse, para fins de legitimação fundiária, especialmente nos casos de ocupações consolidadas anteriores à edição da Lei Federal nº 13.465, de 11 de julho de 2017. Propõe-se que a legislação municipal passe a admitir expressamente, como elementos aptos à comprovação da posse:_x000D_
 I – Contas de consumo (água, energia elétrica ou similares) emitidas em nome do ocupante;_x000D_
 II – Notas fiscais de aquisição de materiais de construção, planta ou projeto arquitetônico do imóvel edificado;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -422,67 +422,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3694/ind_55_marcia_lobo_ceara_gabriela.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3943/ind_216_marcia_e_subscritos__1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3694/ind_55_marcia_lobo_ceara_gabriela.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3943/ind_216_marcia_e_subscritos__1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="227.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="113.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="112.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>