--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -54,66 +54,66 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4436</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
     <t>GABRIELA DELGADO, MÁRCIA LOBO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4436/58_-_mocao_de_apoio_-_marcia_e_gabriela.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4436/58_-_mocao_de_apoio_-_marcia_e_gabriela.pdf</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, REQUEREM À MESA DIRETORA, que seja encaminhada MOÇÃO DE APOIO à equipe de pesquisadores da Universidade Federal do Rio de Janeiro (UFRJ), liderada pela Professora Tatiana Coelho de Sampaio, em reconhecimento ao relevante trabalho científico que resultou no desenvolvimento da substância denominada polilaminina, medicamento experimental com potencial de reverter paralisias decorrentes de lesões na medula espinhal.</t>
   </si>
   <si>
     <t>4439</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>JOSENILDO CEARÁ</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4439/59_-_mocao_de_apoio_-_ceara.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4439/59_-_mocao_de_apoio_-_ceara.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA, que seja encaminhada MOÇÃO DE APOIO ao Projeto de Lei n° 1473/2025, de autoria do Senador Fabiano Contarato - PT/ES.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -420,67 +420,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4436/58_-_mocao_de_apoio_-_marcia_e_gabriela.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4439/59_-_mocao_de_apoio_-_ceara.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4436/58_-_mocao_de_apoio_-_marcia_e_gabriela.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4439/59_-_mocao_de_apoio_-_ceara.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="31.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="120.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="119.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>