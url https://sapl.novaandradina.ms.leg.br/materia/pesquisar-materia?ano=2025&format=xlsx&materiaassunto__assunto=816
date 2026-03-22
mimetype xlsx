--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -54,88 +54,88 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4043</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>DITO MACHADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4043/req_50_dito.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4043/req_50_dito.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário, REQUER À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, a Secretária Municipal de Saúde, Sra. JOZELI CHULLI DA SILVA MARTINS, a Coordenadora da Vigilância Sanitária de Nova Andradina, Sra. MICHELI GINEL, e ao Gerente Regional da Sanesul, Sr. JAIR RIBEIRO, solicitando as seguintes informações:_x000D_
 a) O município de Nova Andradina, por meio da Vigilância Sanitária realiza periodicamente os exames laboratoriais específicos na água potável distribuída aos munícipes de Nova Andradina-MS, para detecção de princípios ativos de agrotóxicos, conforme Portaria GM/MS nº 888/2021? Se sim, favor enviar dados dos relatórios dos exames realizados. Acaso não sejam realizados, favor informar as motivações;</t>
   </si>
   <si>
     <t>4087</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>WILLIAN MORAES</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4087/ind_301_willian.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4087/ind_301_willian.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, à Secretária Municipal de Saúde Sr. JOZELI CHULLI DA SILVA MARTINS, com cópia à Diretora da Vigilância Sanitária Sra. MICHELE RENATA GINEL, solicitando que seja realizado estudo técnico para a implementação de um projeto piloto de combate ao mosquito Aedes aegypti utilizando drones para aplicação de inseticida (fumacê), especialmente em áreas de difícil acesso onde os veículos tradicionais não conseguem alcançar.</t>
   </si>
   <si>
     <t>4636</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4636/ind_568_deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4636/ind_568_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes depois de ter ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente, ao Prefeito de Municipal, Sr. LEANDRO FERREIRA LUÍS FEDOSSI, ao Secretário Municipal de Saúde, Sr. HERMES SANTOS, e a Gerente de Vigilância em Saúde, Sra. MICHELLI RENATA GINEL, solicitando que volte a ser permitido o uso de ketchup, maionese, mostarda e outros molhos em bisnagas nos estabelecimentos do município.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -442,67 +442,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4043/req_50_dito.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4087/ind_301_willian.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4636/ind_568_deildo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4043/req_50_dito.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4087/ind_301_willian.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4636/ind_568_deildo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="95.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>