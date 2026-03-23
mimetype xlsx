--- v0 (2025-12-22)
+++ v1 (2026-03-23)
@@ -54,190 +54,190 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3621</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>FABIO ZANATA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3621/ind_05_-_fabio.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3621/ind_05_-_fabio.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Governador do Estado de Mato Grosso do Sul, Sr. EDUARDO RIEDEL, ao Deputado Estadual, Sr. PEDRO ARLEI CARAVINA, e ao Secretário de Estado de Infraestrutura e Logística de Mato Grosso do Sul, Sr. GUILHERME ALCÂNTARA, ao diretor regional da AGESSUL, Sr. JULIO CESAR CASTRO MARQUES, com cópia ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI-PSDB, ao Secretário Municipal de Infraestrutura, Sr. MOAMMAR MUHAMMAD EL ABED, e ao Secretário Municipal de Serviços Públicos, Sr. RAPHAEL AUGUSTO PERPÉTUO, reiterando a Indicação nº 279-2024, que solicita:_x000D_
 a)	Restauração do pavimento asfáltico da MS 134 trecho Nova Andradina-Batayporã-MS;_x000D_
 b)	Implantação e instalação de tachas refletivas, conhecidas como "olhos de gato", sobre as marcas longitudinais na MS 134.</t>
   </si>
   <si>
     <t>3736</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>FABIO ZANATA, JOSENILDO CEARÁ</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3736/ind_82_fabio_ceara.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3736/ind_82_fabio_ceara.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, e ao Secretário Municipal de Educação, Cultura e Esporte, Sr. WAGNER CARLOS PÉRIGO, solicitando a  aquisição de um ônibus rodoviário para atender os professores do distrito de Nova Casa Verde.</t>
   </si>
   <si>
     <t>3772</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3772/ind_103_deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3772/ind_103_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente, ao Governador do Estado de Mato Grosso do Sul, Sr. EDUARDO RIEDEL, e ao Secretário de Estado de Infraestrutura e Logística de Mato Grosso do Sul, Sr. GUILHERME ALCÂNTARA, com cópia ao Prefeito Municipal, Sr. LEANDRO F. L. FEDOSSI, solicitando a Instalação de Telas de Alambrado na Rodovia MS 134 trecho correspondentes a 200 metros em vias de duas mãos sobre a ponte do Córrego Esperança.</t>
   </si>
   <si>
     <t>3781</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO, GABRIELA DELGADO, MÁRCIA LOBO, DITO MACHADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3781/ind_110_marcia_gabi_deildo_dito.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3781/ind_110_marcia_gabi_deildo_dito.pdf</t>
   </si>
   <si>
     <t>As Vereadoras e os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Superintendente Regional do DNIT no estado de Mato Grosso do Sul, Sr. EURO NUNES VARANIS JÚNIOR, com cópia ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, ao Secretário Municipal de Infraestrutura, Sr. MOAMMAR MUHAMMAD EL ABED, ao Diretor do Departamento Municipal De Trânsito (DEMTRAN), Sr. PEDRO GOMES SOARES e ao Gerente Regional do DETRAN, Sr. MAÍLSON FIGUEREDO BATISTA, solicitando estudos para a implantação de redutor de velocidade na BR 376 (ambos os sentidos da rodovia), proximidades do acesso ao Parque industrial José Marques município de Nova Andradina-MS.</t>
   </si>
   <si>
     <t>3794</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3794/ind_121_fabio.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3794/ind_121_fabio.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Secretário de Estado de Infraestrutura e Logística de Mato Grosso do Sul, Sr. GUILHERME ALCÂNTARA, ao Diretor Presidente da AGESUL, Sr. MAURO AZAMBUJA RONDON, e ao Diretor Regional da AGESUL, Sr. JÚLIO CÉSAR CASTRO MARQUES, com cópia ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, e ao Secretário Municipal de Infraestrutura, Sr. MOAMMAR MUHAMMAD EL ABED, solicitando estudos para:_x000D_
 a) Alargamento do acostamento da MS 134 – TRECHO da Arena WF até alcançar a entrada do Bairro Frutal;_x000D_
 b) Roçagem do capim que margeia a MS 134 – Trecho da Arena WF até alcançar a entrada do Bairro Frutal.</t>
   </si>
   <si>
     <t>3804</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3804/ind_124_fabio.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3804/ind_124_fabio.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Secretário de Estado de Infraestrutura e Logística de Mato Grosso do Sul, Sr. GUILHERME ALCÂNTARA, ao Diretor Presidente da AGESUL, Sr. MAURO AZAMBUJA RONDON, e ao Diretor Regional da AGESUL, Sr. JÚLIO CÉSAR CASTRO MARQUES, com cópia ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, e ao Secretário Municipal de Infraestrutura, Sr. MOAMMAR MUHAMMAD EL ABED, solicitando estudos para:_x000D_
 a) Alargamento do acostamento da MS 134 nas proximidades da entrada dos_x000D_
 Bairros Paineirinha, União e Frutal;_x000D_
 b) Repavimentação do acostamento da MS 134, trecho entre a Rotatória da saída_x000D_
 para o Distrito de Nova Casa Verde até a Entrada do Bairro Paineirinha._x000D_
 c) Repavimentação do Acostamento da MS 134, sentido núcleo urbano de Nova_x000D_
 Andradina, desde as laterais da UFMS – CPNA até a rotatória.</t>
   </si>
   <si>
     <t>3912</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3912/ind_199_wilson.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3912/ind_199_wilson.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, ao Secretário de Estado de Infraestrutura e Logística de MS, Sr. GUILHERME ALCÂNTARA, e ao Diretor-presidente da AGESUL, Sr. MAURO AZAMBUJA RONDON FLORES, solicitando a viabilização de obras de melhorias na rodovia estadual MS-134, no trecho compreendido entre Nova Andradina e o Distrito de Nova Casa Verde.</t>
   </si>
   <si>
     <t>3921</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>GABRIELA DELGADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3921/ind_204_gabriela.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3921/ind_204_gabriela.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, e ao Superintendente Regional do DNIT, Sr. EURO NUNES VARANIS JUNIOR, com cópia ao Secretário Municipal de Infraestrutura, Sr. MOAMMAR MUHAMMAD EL ABED, solicitando que sejam adotadas medidas urgentes para a manutenção e o conserto do acostamento da rodovia BR-376, no trecho que dá acesso ao Frigorífico JBS.</t>
   </si>
   <si>
     <t>4151</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>NALEU DA CASA VERDE, ADELAR BELO, DEILDO PISCINEIRO, GABRIELA DELGADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4151/ind_341_naleu_deildo_adelar_gabriela.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4151/ind_341_naleu_deildo_adelar_gabriela.pdf</t>
   </si>
   <si>
     <t>Os Vereadores e a Vereadora que a esta subscrevem nos termos regimentais vigentes depois de ter ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Ministro dos Transportes, Sr. RENAN FILHO, ao Governador do Estado de Mato Grosso do Sul, Sr. EDUARDO RIEDEL, ao Secretário de Estado de Meio Ambiente, Desenvolvimento, Ciência, Tecnologia e Inovação, JAIME VERRUCK, ao Deputado Estadual, Sr. PEDRO ARLEI CARAVINA, a deputada estadual, Sra. MARA CASEIRO, Deputado Estadual, NENO RAZUK, ao Deputado Estadual JOSÉ ORCÍRIO MIRANDA DOS SANTOS (Zeca do PT),  com cópia ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, solicitando estudos para ampliar o serviço de telefonia e internet no trecho de rodovia que liga Nova Andradina ao Distrito de Nova Casa Verde - MS134 (também conhecida como Auro Soares de Andrade).</t>
   </si>
   <si>
     <t>4536</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>GABRIELA DELGADO, MÁRCIA LOBO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4536/marcia_e_gabi_1.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4536/marcia_e_gabi_1.doc</t>
   </si>
   <si>
     <t>As Vereadoras que esta subscrevem nos termos regimentais vigentes depois de ter ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente, ao Governador do Estado de Mato Grosso do Sul, Sr. EDUARDO RIEDEL, ao Superintendente Regional do DNIT no Estado de Mato Grosso do Sul, Sr. EURO NUNES VARANIS JUNIOR, e ao Secretário de Estado de Governo e Gestão Estratégica, Sr. RODRIGO PEREZ RAMOS, ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, e a Secretário Municipal de Meio Ambiente e Desenvolvimento Integrado, Sr. HEMERSON ISRAEL DOS SANTOS, reiterando as Indicações nº 17/2022 e nº 144/2023, solicitando estudo para criação de vários corredores faunísticos e recuo das matas as margens na rodovia MS 134.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -544,67 +544,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3621/ind_05_-_fabio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3736/ind_82_fabio_ceara.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3772/ind_103_deildo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3781/ind_110_marcia_gabi_deildo_dito.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3794/ind_121_fabio.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3804/ind_124_fabio.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3912/ind_199_wilson.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3921/ind_204_gabriela.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4151/ind_341_naleu_deildo_adelar_gabriela.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4536/marcia_e_gabi_1.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3621/ind_05_-_fabio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3736/ind_82_fabio_ceara.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3772/ind_103_deildo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3781/ind_110_marcia_gabi_deildo_dito.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3794/ind_121_fabio.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3804/ind_124_fabio.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3912/ind_199_wilson.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3921/ind_204_gabriela.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4151/ind_341_naleu_deildo_adelar_gabriela.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4536/marcia_e_gabi_1.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="70.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="116.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="115.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>