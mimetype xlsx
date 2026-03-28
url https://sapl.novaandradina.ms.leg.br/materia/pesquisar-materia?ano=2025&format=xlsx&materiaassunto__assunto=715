--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -54,72 +54,72 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3740</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>WILSON ALMEIDA, QUEMUEL DE ALENCAR</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3740/ind_83_wilson_e_quemuel_.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3740/ind_83_wilson_e_quemuel_.pdf</t>
   </si>
   <si>
     <t>O Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o _x000D_
 Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito _x000D_
 Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, ao Secretário Municipal de _x000D_
 Infraestrutura, Sr. MOAMMAR MUHAMMAD EL ABED, e ao Secretário Municipal de _x000D_
 Serviços Públicos, Sr. RAPHAEL AUGUSTO PERPÉTUO, solicitando a construção de _x000D_
 calçada na Rua Manoel Rodrigues Filho, entre a Avenida Hormindo Alves Pereira e a Avenida _x000D_
 Rosilene Lima Oliveira, no lado onde atualmente não há calçamento, no Jardim Universitário.</t>
   </si>
   <si>
     <t>4089</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>DITO MACHADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4089/ind_303_dito.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4089/ind_303_dito.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, ao Secretário de Infraestrutura, Sr. MOAMMAR MUHAMMAD EL ABED, e ao Secretário Municipal de Serviços Públicos, Sr. RAPHAEL AUGUSTO PERPÉTUO, solicitando que sejam realizados com urgência os reparos na pavimentação com bloquetes da Rua Hermenegildo Bianchi, nº 559, no bairro COHAB, situado em frente à Igreja Católica Santa Terezinha.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -426,67 +426,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3740/ind_83_wilson_e_quemuel_.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4089/ind_303_dito.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3740/ind_83_wilson_e_quemuel_.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4089/ind_303_dito.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="37.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="106" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>