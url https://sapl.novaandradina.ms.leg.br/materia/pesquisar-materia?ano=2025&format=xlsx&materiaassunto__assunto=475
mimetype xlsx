--- v0 (2025-12-20)
+++ v1 (2026-03-28)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3638</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>JOSENILDO CEARÁ, ADELAR BELO, ALEMÃO DA SEMENTE, DITO MACHADO, GABRIELA DELGADO, MÁRCIA LOBO, NALEU DA CASA VERDE, PROFESSOR LUCIANO LEAL, QUEMUEL DE ALENCAR, WILLIAN MORAES, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3638/req_03_ceara_adelar_wilson_dito_alemao_willian_luciano_naleu_quemuel_marcia_gabriela.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3638/req_03_ceara_adelar_wilson_dito_alemao_willian_luciano_naleu_quemuel_marcia_gabriela.pdf</t>
   </si>
   <si>
     <t>REQUEREM A MESA DIRETORA, nos termos regimentais vigentes que seja que seja encaminhado expediente ao Presidente da Câmara municipal de Nova Andradina Sr. FABIO ZANATA, ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, ao Promotor de Justiça Sr. WILLIAM MARRA, ao Secretário Municipal de Finanças e Gestão, Sr. HERNANDES ORTIZ, ao Secretário Meio Ambiente e Desenvolvimento Integrado, Sr. HEMERSON ISRAEL, e ao responsável da Empresa Transresíduos Prestadora do gerenciamento da Aterro Sanitário MARCOS  VINICIUS GASPAROTTO AFFONSO, requerendo a realização de Audiência Pública, na data de 13 de Março de 2025, referente a taxa de coleta do lixo no município de Nova Andradina-MS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -405,67 +405,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3638/req_03_ceara_adelar_wilson_dito_alemao_willian_luciano_naleu_quemuel_marcia_gabriela.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3638/req_03_ceara_adelar_wilson_dito_alemao_willian_luciano_naleu_quemuel_marcia_gabriela.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="195.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="163.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="162.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>