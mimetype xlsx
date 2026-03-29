--- v0 (2025-12-22)
+++ v1 (2026-03-29)
@@ -54,77 +54,77 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3888</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>DITO MACHADO, ADELAR BELO, ALEMÃO DA SEMENTE, FABIO ZANATA, GABRIELA DELGADO, MÁRCIA LOBO, NALEU DA CASA VERDE, PROFESSOR LUCIANO LEAL, WILLIAN MORAES, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3888/req_28_dito.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3888/req_28_dito.pdf</t>
   </si>
   <si>
     <t>Os Vereadores e as Vereadoras que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, REQUEREM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, ao Diretor do DEMTRAN, Sr. PEDRO GOMES SOARES, requerendo esclarecimentos e providências quanto aos critérios adotados na lavratura de autos de infração de trânsito, bem como sobre eventual vinculação de gratificações ou metas ao desempenho de agentes fiscais na emissão de autuações._x000D_
 Dessa forma, requeremos:_x000D_
 1. Esclarecimentos sobre os procedimentos adotados na lavratura das autuações de trânsito, principalmente em situações sem abordagem direta ao condutor;_x000D_
 2. Informações sobre eventual existência de metas, bonificações ou gratificações relacionadas à quantidade de multas emitidas por agentes de trânsito;_x000D_
 3. Verificação quanto à efetiva sinalização nos pontos com maior incidência de autuações, conforme preceitua o Art. 90 do CTB;_x000D_
 4. Estudo sobre a viabilidade</t>
   </si>
   <si>
     <t>4537</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>NALEU DA CASA VERDE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4537/ind_529_naleu.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4537/ind_529_naleu.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente , que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, ao Secretário Municipal de Serviços Públicos, Sr. RAPHAEL AUGUSTO PERPÉTUO, e ao Diretor do Departamento Municipal de Trânsito (DEMTRAN), Sr. PEDRO GOMES SOARES, solicitando que seja designada uma equipe de agentes de trânsito para atuar durante a realização da Feira Livre de sexta-feira, na Avenida Dilson Casarotto, no distrito de Nova Casa Verde.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -431,67 +431,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3888/req_28_dito.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4537/ind_529_naleu.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3888/req_28_dito.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4537/ind_529_naleu.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="172" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="94" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>