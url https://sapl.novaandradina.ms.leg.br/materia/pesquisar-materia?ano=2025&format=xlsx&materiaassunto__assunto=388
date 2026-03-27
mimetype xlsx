--- v0 (2025-12-28)
+++ v1 (2026-03-27)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4327</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>DITO MACHADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4327/req_88_dito.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4327/req_88_dito.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. DR. LEANDRO FERREIRA LUIZ FEDOSSI, E AO  SECRETÁRIO MUNICIPAL DE FINANÇAS E GESTÃO SR. HERNANDES ORTIZ venho requerer  informações referentes à informações oficiais e detalhadas acerca da arrecadação municipal e dos repasses recebidos nos últimos seis meses do exercício de 2025, a fim de esclarecer à população e ao Poder Legislativo o cenário atual das finanças públicas municipais._x000D_
 Requer-se, em especial, que sejam prestadas as seguintes informações:_x000D_
 A.Valores totais dos recursos recebidos pelo Município nos últimos seis meses de 2025, discriminados por fonte de receita (federal, estadual e arrecadação municipal própria);_x000D_
 B.Comparativo dos repasses e arrecadação com os exercícios de 2023 e 2024, de forma a evidenciar eventual queda ou aumento de receitas;_x000D_
 C.Indicação das rubricas e fontes de recursos que apresentaram efetiva redução, especificando se a queda foi em transferências federais, estaduais ou na arrecadação própria;_x000D_
 D.Comparativo entre a previsão orçamentária e a arrecadação efetivamente realizada, indicando eventuais frustrações de receitas;_x000D_
 E.Medidas de ajuste e contenção de despesas adotadas pela Administração Municipal diante do quadro atual de arrecadação, em especial quanto ao cumprimento da folha de pagamento e demais gastos obrigatórios;_x000D_
 F.Justificativa técnica e fundamentada apresentada pela Administração Municipal, esclarecendo os motivos da queda de arrecadação e se há previsão de retomada ou recuperação das receitas nos próximos meses.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -412,67 +412,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4327/req_88_dito.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4327/req_88_dito.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>