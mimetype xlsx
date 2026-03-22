--- v0 (2025-12-28)
+++ v1 (2026-03-22)
@@ -54,77 +54,77 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3678</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>NALEU DA CASA VERDE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3678/req_07_naleu.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3678/req_07_naleu.pdf</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO F. L. FEDOSSI , ao Secretário Municipal de Serviços Públicos, Sr. RAPHAEL PERPÉTUO e ao Secretário Municipal de Educação, Sr. WAGNER PÉRIGO, solicitando as seguintes informações referentes aos alunos da APAE oriundos do distrito de Nova Casa Verde, município de Nova Andradina-MS ._x000D_
 a)	Quantos/as estudantes atualmente com necessidades especiais residentes no Distrito de Nova Casa Verde são atendidos/as em transporte e pela APAE Nova Andradina?_x000D_
 b)	Quantos estudantes autistas fazem parte desse trânsito?_x000D_
 c)	Tem sido realizado um estudo para aquisição de um veículo Van com até 20 lugares para atender esses/as estudantes?_x000D_
 d) Se sim, descrever o estudo. Se não, qual a viabilidade de realizarmos esse estudo em prol peculiarmente das crianças autistas?</t>
   </si>
   <si>
     <t>4230</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
     <t>WILLIAN MORAES, ADELAR BELO, ALEMÃO DA SEMENTE, DEILDO PISCINEIRO, DITO MACHADO, FABIO ZANATA, GABRIELA DELGADO, JOSENILDO CEARÁ, MÁRCIA LOBO, NALEU DA CASA VERDE, PROFESSOR LUCIANO LEAL, QUEMUEL DE ALENCAR, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4230/44_-_mocao_de_parabenizacao_-_willian.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4230/44_-_mocao_de_parabenizacao_-_willian.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA, que seja encaminhada MOÇÃO DE PARABENIZAÇÃO à Diretora Ediana Aparecida Ciciliati Milhorança, à Diretora-Adjunta Patrice Motta Gomes Landim e ao Professor Bruno Coimbra Morais dos Santos, todos servidores da ESCOLA ESTADUAL PADRE ANCHIETA, à toda EQUIPE DA APAE DE NOVA ANDRADINA (Associação de Pais e Amigos dos Excepcionais), Wagner Jorge Rodrigues (Coordenador Pedagógico), Regiane Aparecida Magalhães (Supervisora de Esporte), Gabriella Laisa Santos de Marceno (Enfermeira), às Professoras Ana Paula Macedo, Erika Fabrícia Gomes Costa, Nádia da Silva Durval, Clotilde de Oliveira, Fabrícia Rocha Cardoso da Silva, Thaynara Campos Aniceto e por fim, às Mães Simone do Nascimento Silva e Marizilda Julião da Silva, pela participação e o excepcional desempenho na 14ª edição das Paralimpíadas Escolares de Mato Grosso do Sul (PARAESC/MS)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -431,67 +431,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3678/req_07_naleu.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4230/44_-_mocao_de_parabenizacao_-_willian.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3678/req_07_naleu.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4230/44_-_mocao_de_parabenizacao_-_willian.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="227.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="118.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="117.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>