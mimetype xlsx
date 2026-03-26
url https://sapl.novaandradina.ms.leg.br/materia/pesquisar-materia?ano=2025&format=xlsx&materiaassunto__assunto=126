--- v0 (2025-12-25)
+++ v1 (2026-03-26)
@@ -54,121 +54,121 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4067</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>ALEMÃO DA SEMENTE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4067/req_53_alemao.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4067/req_53_alemao.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve REQUER A MESA DIRETORA, nos termos_x000D_
 regimentais vigentes que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO_x000D_
 FERREIRA LUIZ FEDOSSI, e a Secretária de Cidadania e Assistência Social, Sra. MARIA_x000D_
 APARECIDA CORREA DOS SANTOS VALDEZ, para que prestem as seguintes informações_x000D_
 e encaminhem os documentos solicitados relativos a Emenda Parlamentar no valor de R$_x000D_
 50.000,00 à contemplar o Centro de Convivência e Fortalecimento de Vínculos Horto Florestal em_x000D_
 materiais de Infraestrutura (forro, climatização de sala, cadeiras com apoio, etc):_x000D_
 1- Qual foi a destinação efetiva dada à emenda impositiva no valor de R$ 50.000,00_x000D_
 (cinquenta mil reais), solicitada por meio da Indicação nº 153/2023, de autoria deste_x000D_
 Vereador;_x000D_
 2- e os recursos foram utilizados ou estão em processo de utilização, especificar_x000D_
 detalhadamente a aplicação dos valores, discriminando os bens adquiridos ou serviços_x000D_
 contratados;</t>
   </si>
   <si>
     <t>3690</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>WILSON ALMEIDA, DITO MACHADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3690/ind_53_wilson_dito.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3690/ind_53_wilson_dito.pdf</t>
   </si>
   <si>
     <t>INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, a Secretária Municipal de Cidadania e Assistência Social, Sra. MARIA APARECIDA CORREA DOS SANTOS VALDEZ, ao Secretário Municipal de Finanças e Gestão, Sr. HERNANDES ORTIZ, e ao Secretário Municipal de Infraestrutura, Sr. MOAMMAR MUHAMMAD ELABED, que sejam adquiridos dois (02) aparelhos de ar condicionado de 12.000 BTUs para serem destinados ao Projeto Conviver, especificamente para climatização da sala de sinuca.</t>
   </si>
   <si>
     <t>4635</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>MÁRCIA LOBO, GABRIELA DELGADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4635/ind_567_marcia_gabriela.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4635/ind_567_marcia_gabriela.pdf</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. LEANDRO FERREIRA LUIZ FEDOSSI, ao Diretor Municipal da Agência de Habitação, Sr. VICENTE SOUSA LICHOTI, e ao Secretário Municipal de Infraestrutura, Sr. MOAMMAR MUHAMMAD EL ABED, solicitando que sejam adotadas as seguintes providências no Condomínio do Idoso:_x000D_
 a) Realização de serviços de reparo e manutenção nas fossas sépticas;_x000D_
 b) Instalação de barras de segurança nos banheiros das unidades habitacionais;_x000D_
 c) Implantação de câmeras de segurança em todo o condomínio._x000D_
 d) Restauração e manutenção das grades do condomínio.</t>
   </si>
   <si>
     <t>4155</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
     <t>FABIO ZANATA, JOSENILDO CEARÁ, ADELAR BELO, ALEMÃO DA SEMENTE, DEILDO PISCINEIRO, DITO MACHADO, GABRIELA DELGADO, MÁRCIA LOBO, NALEU DA CASA VERDE, PROFESSOR LUCIANO LEAL, QUEMUEL DE ALENCAR, WILLIAN MORAES, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4155/35_-_mocao_de_parabenizacao_-_fabio_e_ceara.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4155/35_-_mocao_de_parabenizacao_-_fabio_e_ceara.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o _x000D_
 Plenário, REQUEREM À MESA DIRETORA, que seja encaminhada MOÇÃO DE _x000D_
 PARABENIZAÇÃO à Secretaria Municipal de Cidadania e Assistência Social (SEMCIAS) e ao _x000D_
 Projeto Conviver, pela valorosa participação no evento Jogos da Melhor Idade, realizado nos dias 17, _x000D_
 18 e 19 de junho de 2025, na cidade de Campo Grande/MS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
@@ -479,67 +479,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4067/req_53_alemao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3690/ind_53_wilson_dito.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4635/ind_567_marcia_gabriela.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4155/35_-_mocao_de_parabenizacao_-_fabio_e_ceara.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4067/req_53_alemao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/3690/ind_53_wilson_dito.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4635/ind_567_marcia_gabriela.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2025/4155/35_-_mocao_de_parabenizacao_-_fabio_e_ceara.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="227.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="124.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="123.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>