--- v0 (2025-12-23)
+++ v1 (2026-03-26)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3430</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2024/3430/ind_213_deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2024/3430/ind_213_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, e a Secretária Municipal de Meio Ambiente e Desenvolvimento Integrado, Sra. JULIANA LOPES, solicitando estudos de contenção a Processos Erosivos na Agrovila – Distrito de Nova Casa Verde – município de Nova Andradina-MS (atrás do _x000D_
 Restaurante Gabrielly).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -406,67 +406,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2024/3430/ind_213_deildo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2024/3430/ind_213_deildo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="95.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="94.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>