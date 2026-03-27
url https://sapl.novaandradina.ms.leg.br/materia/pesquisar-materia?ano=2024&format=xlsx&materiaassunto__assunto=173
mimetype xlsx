--- v0 (2025-12-21)
+++ v1 (2026-03-27)
@@ -54,84 +54,84 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3382</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>GABRIELA DELGADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2024/3382/req_72_gabi_leandro.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2024/3382/req_72_gabi_leandro.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário, REQUEREM A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Saúde, Sr. LUIZ EDUARDO DE PAULA GONÇALVES, solicitando informações referente ao fornecimento de exames laboratoriais que não são realizados na rede do Município que precisam de requisição:</t>
   </si>
   <si>
     <t>3429</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>MÁRCIA LOBO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2024/3429/ind_212_marcia_lobo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2024/3429/ind_212_marcia_lobo.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Saúde, Sr. LUIZ EDUARDO DE PAULA GONÇALVES, solicitando a instalação de um painel digital de senha sequencial no laboratório Municipal Nacim Abrão de Nova Andradina/MS.</t>
   </si>
   <si>
     <t>3585</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2024/3585/ind_270_gabriela.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2024/3585/ind_270_gabriela.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao  Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Saúde, Sr. LUIZ EDUARDO DE PAULA GONÇALVES,  Solicitando instalação de cobertura na entrada do Laboratório Municipal Nacim Abrão.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -438,67 +438,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2024/3382/req_72_gabi_leandro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2024/3429/ind_212_marcia_lobo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2024/3585/ind_270_gabriela.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2024/3382/req_72_gabi_leandro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2024/3429/ind_212_marcia_lobo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2024/3585/ind_270_gabriela.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="99.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>