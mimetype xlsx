--- v0 (2025-10-19)
+++ v1 (2026-02-06)
@@ -83,128 +83,128 @@
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2091/ind_121_-_arion.pdf</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Saúde, Sr. HERNANDES ORTIZ para que seja providenciado a inscrição do município para receber profissionais da saúde do programa MAIS MÉDICOS, para atendimentos nos na Cidade de Nova Andradina, Assentamentos Santa Olga, Angico e Distrito Nova Casa Verde.</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>ALEMÃO DA SEMENTE - PSDB</t>
+    <t>ALEMÃO DA SEMENTE</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2200/ind_187_-_alemao_e_joao_dan.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, Diretor-Presidente da Agência Estadual de Gestão de Empreendimentos, Sr. MAURO AZAMBUJA RONDON, com cópia ao Diretor Presidente da Gerente Regional da AGESUL (Agência Estadual de Gestão e Empreendimentos), Sr. HUMBERTO HENRIQUE TEIXEIRA SALES, solicitando Placas de Identificação na rodovia MS-134 - indicando aos condutores de Veículos Automotores via de acesso aos Assentamentos Teijin, Peroba e Angico.</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>DEILDO PISCINEIRO - PSDB, JOÃO DAN - PDT, JOSENILDO CEARÁ - PT</t>
+    <t>DEILDO PISCINEIRO, JOÃO DAN - PDT, JOSENILDO CEARÁ</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2353/ind_263_-_deildo_josenildo_e_joao_dan.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente Governador do Estado de Mato Grosso do Sul, Sr. EDUARDO RIEDEL, a Senadora Soraya Vieira Thronicke ao Deputado Estadual, Sr. ZECA DO PT, ao Secretário de Estado de Infraestrutura e Logística, Sr. Hélio Peluffo Filho, ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, e a Secretaria Municipal de Meio Ambiente e Desenvolvimento Integrado, Sra. JULIANA LOPES,  solicitando que sejam disponibilizados recursos para Pavimentação asfáltica das Linhas principais dos Assentamentos Teijin, Santa Olga e São João no município de Nova Andradina-MS.</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>JOÃO DAN - PDT, DEILDO PISCINEIRO - PSDB, JOSENILDO CEARÁ - PT</t>
+    <t>JOÃO DAN - PDT, DEILDO PISCINEIRO, JOSENILDO CEARÁ</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2354/ind_264_-_joao_dan_deildo_e_ceara.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao  Governador Estadual, SR. EDUARDO RIEDEL, ao Prefeito Municipal, SR. JOSÉ GILBERTO GARCIA e ao, e ao Diretor Presidente da ENERGISA-MS, Sr. MARCELO VINHAES MONTEIRO, solicitando que seja realizado melhorias na rede de destruição de energia elétrica para os Assentamentos de Nova Casa Verde e Nova Andradina, a substituição da rede de energia elétrica monofásica para a rede trifásica de energia elétrica.</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>DEILDO PISCINEIRO - PSDB, JOSENILDO CEARÁ - PT</t>
+    <t>DEILDO PISCINEIRO, JOSENILDO CEARÁ</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2385/ind_276_-_deildo_e_ceara.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, ao Diretor Executivo de Assessoramento da AGESUL, Sr. HUMBERTO HENRIQUE TEIXEIRA SALES, e ao Superintendente Regional do DNIT (Departamento Nacional de Infraestrutura e Trânsito) no Estado de Mato Grosso do Sul, Sr. THIAGO CARIM BUCKER, solicitando os seguintes serviços para a BR 376:_x000D_
 a)	Rotatória na Entrada do Assentamento Santa Olga na BR 376;_x000D_
 b)	Redutores de Velocidade nas proximidades da Entrada do Assentamento Santa Olga (Ambos os Sentidos de Tráfego).</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>JOSENILDO CEARÁ - PT, ALEMÃO DA SEMENTE - PSDB, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO - PSDB, DR. SANDRO - MDB, FABIO ZANATA - MDB, GABRIELA DELGADO - MDB, JOÃO DAN - PDT, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO - PODE, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA - UNIÃO</t>
+    <t>JOSENILDO CEARÁ, ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2389/ind_279-_ceara_e_vereadores_subscritos.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Deputado Federal, Sr. VANDER LOUBET, ao Superintendente da Pesca e Aquicultura em Mato Grosso do Sul, Sr. JÚLIO CLEVERTON DOS SANTOS “JÚLIO BUGUELO”, e a Reitora do Instituto Federal de Mato Grosso do Sul – Campus Nova Andradina, Sra. ELAINE BORGES MONTEIRO CASSIANO, solicitando que o Programa de Incentivo à Criação de Peixes em Tanques, uma parceria entre o Deputado Vander Loubet e o IFMS (Instituto Federal do Mato Grosso do Sul), seja ampliado no Município e Assentamentos de Nova Andradina-MS.</t>
   </si>
   <si>
     <t>2491</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>JOSENILDO CEARÁ - PT</t>
+    <t>JOSENILDO CEARÁ</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2491/indicacao_-__patrulha_mecanizada.docx</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, com cópia ao Deputado Federal, Sr. VANDER LOUBET, ao Deputado Estadual Sr. ZECA DO PT, ao Secretario Executivo de Agricultura Familiar de Povos Originários e Comunidades Tradicionais, Sr. HUMBERTO DE MELLO, solicitando a viabilização de emenda parlamentar e esforços junto aos órgãos de gestão para aquisição de Patrulha Mecanizada para atender a ASSOCIAÇÃO NOVA ESPERANÇA, no município de Nova Andradina MS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>