--- v0 (2025-12-25)
+++ v1 (2026-03-22)
@@ -54,211 +54,211 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2909</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>JOSENILDO CEARÁ</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2909/requerimento_153_ceara.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2909/requerimento_153_ceara.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATOS, requerendo as informações relacionadas a Lei Complementar n° 280, de 12 de julho de 2022, que acrescenta e revoga dispositivos na Lei Complementar n°. 042, de 26 de junho de 2002. Favor nos informar:_x000D_
 _x000D_
 a)	Quantos servidores requereram para reforma e construção? _x000D_
 b)	Quantos servidores requereram para instalação de energia fotovoltaica?_x000D_
 c)	Quantos servidores requereram por motivos de saúde?_x000D_
 d)	Quantos servidores requereram para compra de veículos?_x000D_
 e)	Quantos servidores requereram para aquisição de terrenos?_x000D_
 f)	    Quantos servidores requereram para quitação de tributos municipais? _x000D_
 g)	Quantos servidores requereram para amortização de financiamento_x000D_
 h)	Qual foi o valor total descriminado por cada item?_x000D_
 i)	    Já foram pagas todas as licencias prémios? Se não, quantas restam ser pagas? E qual a programação de termino dos pagamentos das mesmas?</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>MÁRCIA LOBO, GABRIELA DELGADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1908/ind_34_-_marcia_lobo_e_gabriela.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1908/ind_34_-_marcia_lobo_e_gabriela.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICAM À MESA, que seja encaminhado expediente ao Prefeito, SR. JOSÉ GILBERTO GARCIA, e ao Presidente da Câmara Municipal DR. LEANDRO FEDOSSI  solicitando adesão a  assinatura solar oferecida pela empresa de energia de Mato Grosso do Sul Energisa</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>JOÃO DAN - PDT</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1978/ind_69_-_joao_dan.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1978/ind_69_-_joao_dan.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Sr. Deputado Estadual, Sr. RENATO CÂMARA, solicitando a intervenção junta ao Diretor Presidente da ENERGISA, Dr. MARCELO VINHAES MONTEIRO e ao Supervisor de Construção e Manutenção da ENERGISA de Nova Andradina, Sr. NEREU CORREIA, reiterando indicação nº 436/2018, para que seja feito um levantamento técnico afim de viabilizar a instalação de uma Subestação de Energia Elétrica no Distrito Nova Casa Verde do Município de Nova Andradina – MS.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2057/ind_106_-_marcia_lobo_e_gabriela.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2057/ind_106_-_marcia_lobo_e_gabriela.pdf</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Deputado Federal, Sr. HUMBERTO REZENDE PEREIRA solicitando diversos programas de melhorias para a Associação de Pais e Amigos dos Excepcionais de Nova Andradina – APAE.</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>JOÃO DAN - PDT, DEILDO PISCINEIRO, JOSENILDO CEARÁ</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2354/ind_264_-_joao_dan_deildo_e_ceara.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2354/ind_264_-_joao_dan_deildo_e_ceara.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao  Governador Estadual, SR. EDUARDO RIEDEL, ao Prefeito Municipal, SR. JOSÉ GILBERTO GARCIA e ao, e ao Diretor Presidente da ENERGISA-MS, Sr. MARCELO VINHAES MONTEIRO, solicitando que seja realizado melhorias na rede de destruição de energia elétrica para os Assentamentos de Nova Casa Verde e Nova Andradina, a substituição da rede de energia elétrica monofásica para a rede trifásica de energia elétrica.</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2463/ind_310_-_deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2463/ind_310_-_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, ao Diretor Presidente da ENERGISA, Dr. MARCELO VINHAES MONTEIRO e ao Supervisor de Construção e Manutenção da ENERGISA de Nova Andradina, Sr. NEREU CORREIA, solicitando a Implantação de Rede de Energia na Rua Bela Vista, trecho entre às Ruas Goiás e Avenida Cassimiro Mota no Distrito de Nova Casa Verde, município de Nova Andradina-MS.</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2573/ind_365_-_deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2573/ind_365_-_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, ao Diretor Presidente da ENERGISA, Dr. MARCELO VINHAES MONTEIRO e ao Supervisor de Construção e Manutenção da ENERGISA de Nova Andradina, Sr. NEREU CORREIA, solicitando a Implantação de Rede de Energia no Bairro Primavera, localizado ao lado do Velório Municipal no Distrito de Nova Casa Verde, município de Nova Andradina-MS.</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2644/ind_398_-deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2644/ind_398_-deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal de Nova Andradina-MS, Sr. JOSÉ GILBERTO GARCIA, a Secretária Municipal de Serviços Públicos, Sr. ROBERTO GINEL, solicitando a instalação de luminárias com lâmpadas de Led na rede pública, no Distrito de Nova Casa Verde - município de Nova Andradina – MS, entre nas seguintes localidades:_x000D_
 a)	Avenida Amazonas _x000D_
 b)	Avenida Pedro Casimiro_x000D_
 c)	Avenida Nova Andradina</t>
   </si>
   <si>
     <t>2701</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>FABIO ZANATA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2701/ind_416_-_fabio_zanata.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2701/ind_416_-_fabio_zanata.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e a secretária municipal de educação, cultura e esporte Sra. GIULIANA MASCULI POKRYWIEKI, solicitando que seja adaptado a Praça Geraldo Mattos Lima, com pontos de água e luz  para acolher os turistas que viajam de trailer e motorhome, enquanto o viajante conhece o município e trafega pelo estado.</t>
   </si>
   <si>
     <t>2875</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>JOSENILDO CEARÁ, DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2875/ind_487_-_ceara.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2875/ind_487_-_ceara.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, a Secretária Municipal de Cidadania e Assistência Social, Srª. DELMA PRADO CAVALCANTE, ao o coordenador de atendimento ao cliente e ao poder público da Energisa, Sr. DIAN CLEITON DE BRITO, ao Diretor Presidente da Sanesul, Sr. WALTER CARNEIRO JÚNIOR, e a Diretora do Procon Srª. JAQUELINI SOUZA DURAN HERREIRO, para que estude junto a Secretaria competente da municipalidade, buscar parceria para divulgar na cidade de Nova Andradina o Programa Energia Azul, conforme resolução nº 1000/21, da ANEEL (Agência Nacional de Energia Elétrica).</t>
   </si>
   <si>
     <t>2901</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2901/ind_489_arion.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2901/ind_489_arion.pdf</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 _x000D_
 O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Sr.  Prefeito Municipal, JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Planejamento e Administração, Sr. VALTER VALENTIN PINTO, ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATTOS, e a Secretária Municipal de Meio Ambiente e Desenvolvimento Integrado, Sra. Juliana Lopes, reiterando a indicação 266/2021, solicitando que seja viabilizado projeto de Usina Municipal de Energia Solar Fotovoltaica, onde o projeto possa obter a captação de recursos para implantação do mesmo através de linhas de financiamento em instituições bancárias vinculadas a União, com o propósito de geração de energia e compensação nas contas dos órgãos públicos municipais e Hospital Regional de Nova Andradina-MS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -567,67 +567,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2909/requerimento_153_ceara.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1908/ind_34_-_marcia_lobo_e_gabriela.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1978/ind_69_-_joao_dan.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2057/ind_106_-_marcia_lobo_e_gabriela.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2354/ind_264_-_joao_dan_deildo_e_ceara.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2463/ind_310_-_deildo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2573/ind_365_-_deildo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2644/ind_398_-deildo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2701/ind_416_-_fabio_zanata.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2875/ind_487_-_ceara.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2901/ind_489_arion.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2909/requerimento_153_ceara.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1908/ind_34_-_marcia_lobo_e_gabriela.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1978/ind_69_-_joao_dan.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2057/ind_106_-_marcia_lobo_e_gabriela.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2354/ind_264_-_joao_dan_deildo_e_ceara.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2463/ind_310_-_deildo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2573/ind_365_-_deildo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2644/ind_398_-deildo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2701/ind_416_-_fabio_zanata.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2875/ind_487_-_ceara.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2901/ind_489_arion.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="49.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="114.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="113.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>