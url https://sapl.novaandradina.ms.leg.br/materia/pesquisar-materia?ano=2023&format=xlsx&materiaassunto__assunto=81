--- v0 (2025-10-19)
+++ v1 (2025-12-24)
@@ -51,125 +51,125 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB, JOÃO DAN - PDT</t>
+    <t>GABRIELA DELGADO, JOÃO DAN - PDT</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1928/requerimento_11_-_gabriela_e_joao_dan.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes depois de ter ouvido o Plenário, REQUEREM A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, requerendo informações referentes a fiscalização da limpeza dos terrenos no Município de Nova Andradina e Distrito Casa Verde.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2135/requerimento_46_-_arion.pdf</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
   _x000D_
 O Vereador que a esta subscreve nos termos regimentais vigentes depois de ouvido o Plenário REQUER À MESA DIRETORA, que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINEL, requerendo a seguinte informação: _x000D_
 _x000D_
 a)	Cronograma de limpeza das praças._x000D_
 b)	A limpeza das praças está sendo feita de maneira periódica, em todas as praças da cidade? Caso em alguma não ocorra explicar o porquê._x000D_
 c)	Nos dias, 04 de abril e 08 de abril do corrente ano, este vereador constatou um grande volume de lixo na praça Candido Frutuoso de Matos, quais fatores acarretaram tal ocorrência?</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>DEILDO PISCINEIRO - PSDB</t>
+    <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1959/ind_59_-deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, solicitando a limpeza (Retirada de Entulhos e resíduos sólidos) no Leito do Córrego Umbaracá nas Proximidades da Ponte Rinaldo Francisco de Freitas do Anel Viário Fernando Lima de Vasconcelos.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>ARION AISLAN DE SOUSA - PL, GABRIELA DELGADO - MDB, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO - PODE, WILSON ALMEIDA - UNIÃO</t>
+    <t>ARION AISLAN DE SOUSA - PL, GABRIELA DELGADO, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, WILSON ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2151/ind_156_-_arion_wilson_leandro_gabriela_marcia.pdf</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINEL solicitando que seja providenciado serviço de limpeza em todas as bocas de lobo (Bueiros) do município de Nova Andradina-MS.</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>MÁRCIA LOBO - PODE</t>
+    <t>MÁRCIA LOBO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2176/ind_171_-_marcia_lobo.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, ao Sr. ROBERTO GINELL e ao Secretário Municipal de Planejamento e Administração, Sr. Valter Valentin Pinto, solicitar a disponibilidade de uma equipe de limpeza e manutenção permanente no Cemitério Municipal Santa Bárbara.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2236/ind_203_-_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o plenário, INDICA Á MESA, que seja encaminhado expediente ao Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINEL, solicitando que seja realizado serviço de limpeza e “Retirada de Terra”, localizada na Rua Beatriz Pasmanik, no Bairro Portal do Parque.</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
     <t>236</t>
   </si>
@@ -191,172 +191,172 @@
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2321/ind_251_-_marcia.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CESAR CASTRO MARQUES e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINEL solicitando a reforma, revitalização, limpeza e roçagem da “Praça Joaquim Soares” no Bairro Alvorada.</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2327/ind_255_-_cida.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, SR. JOSÉ GILBERTO GARCIA, solicitando que seja viabilizado o Mutirão de serviços de limpeza de ruas e lotes, capina, retirada de entulho, pinturas nos meios fios e pintura de sinalização horizontal nos Bairros Bela Vista I, II, III, Antônio Ulisses Pinheiro, Argemiro Ortega e Durval Andrade Filho (Morada do Sol).</t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB</t>
+    <t>GABRIELA DELGADO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2483/ind_316_-_gabriela.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário, INDICA A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES, solicitando que seja reiterada a Indicação nº 34/2022, que solicita que seja viabilizado reforma e revitalização dos playgrounds das praças do município e realizar a troca do gramado sintético da Praça Querenciano Cecílio de Lima.</t>
   </si>
   <si>
     <t>2516</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>ALEMÃO DA SEMENTE - PSDB</t>
+    <t>ALEMÃO DA SEMENTE</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2516/ind_340_-_alemao.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando a realização de Limpeza e Manutenção do Espaço Núcleo Pavanelli no Assentamento Teijin (Fotos Anexadas).</t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2632/indicacao_jardim_tropical.docx</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 _x000D_
 O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Sr.  Prefeito Municipal, José Gilberto Garcia ao Secretário Municipal de Serviços Públicos, Sr. Roberto Ginel, que sejam providenciados serviços públicos de manutenção no Bairro Jardim Tropical e intermediações como segue abaixo;_x000D_
 a)	Limpeza das “Caixas Secas” em frente ao Bairro Jardim Tropical até ao prolongamento da rotatória que margeia a rodovia saída p/ Batayporã._x000D_
 b)	Cascalhamento do trecho de saída do Bairro Jardim Tropical.</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2653/ind_402_-_leandro.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, SR. ROBERTO GINEL,  solicitando reparos urgentes de limpeza de Boca de Lobo nas Avenidas Alcides M. de Farias cruzamento com a Avenida Antônio J. de M. Andrade e também nas Ruas Milton Modesto cruzamento com a Rua Melvin Jones._x000D_
 Solicito também que seja feito reparos na guia e serviço de “Tapa Buraco” na Rua São Jose na altura do numero 664 onde esta o prédio da Câmara Municipal de Nova Andradina – MS.</t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>DR. SANDRO - MDB, ARION AISLAN DE SOUSA - PL, MÁRCIA LOBO - PODE</t>
+    <t>DR. SANDRO - MDB, ARION AISLAN DE SOUSA - PL, MÁRCIA LOBO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2719/ind_427_-_sandro_marcia.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando a criação/implantação:_x000D_
 a)	Força-tarefa dedicada à limpeza e manutenção dos bueiros de nossa cidade nos meses de outubro e novembro._x000D_
 b)	Cestos ecológicos nos bueiros, inspirados no modelo utilizado em Bonito/MS._x000D_
 c)	Campanha de conscientização pública sobre o descarte adequado de lixo.</t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2781/ind_455_-_gabriela.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICAM Á MESA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário de Serviços Públicos Sr. ROBERTO GINELL, solicitando serviço de roçagem nos canteiros centrais da Av. Eurico Soares Andrade, da rotatória até o cruzamento com a Rua Antônio Duarte.</t>
   </si>
   <si>
     <t>2904</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2904/indicacao_limpeza_e_rocada_condominio_dos_idosos.docx</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 _x000D_
 O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Sr.  Prefeito Municipal, JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINEL, solicitando que sejam providenciados roçada e limpeza do pátio do Condomínio dos Idosos.</t>
   </si>
   <si>
     <t>2910</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>MÁRCIA LOBO - PODE, DEILDO PISCINEIRO - PSDB, JOSENILDO CEARÁ - PT</t>
+    <t>MÁRCIA LOBO, DEILDO PISCINEIRO, JOSENILDO CEARÁ</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2910/ind_494_marcia.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Infraestrutura, SR. JÚLIO CESAR CASTRO MARQUES, solicitando agilidade na limpeza das calhas do Centro de Convivência do Idoso.</t>
   </si>
   <si>
     <t>2944</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>DEILDO PISCINEIRO - PSDB, ALEMÃO DA SEMENTE - PSDB</t>
+    <t>DEILDO PISCINEIRO, ALEMÃO DA SEMENTE</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2944/ind_507_-_deildo_e_alemao_.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando a realização de mutirão para Limpeza dos Terrenos no Distrito de Nova Casa Verde - município de Nova Andradina-MS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -681,51 +681,51 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1928/requerimento_11_-_gabriela_e_joao_dan.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2135/requerimento_46_-_arion.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1959/ind_59_-deildo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2151/ind_156_-_arion_wilson_leandro_gabriela_marcia.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2176/ind_171_-_marcia_lobo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2236/ind_203_-_deildo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2296/ind_236_-_cida.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2321/ind_251_-_marcia.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2327/ind_255_-_cida.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2483/ind_316_-_gabriela.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2516/ind_340_-_alemao.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2632/indicacao_jardim_tropical.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2653/ind_402_-_leandro.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2719/ind_427_-_sandro_marcia.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2781/ind_455_-_gabriela.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2904/indicacao_limpeza_e_rocada_condominio_dos_idosos.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2910/ind_494_marcia.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2944/ind_507_-_deildo_e_alemao_.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="124.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="104.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="130.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>