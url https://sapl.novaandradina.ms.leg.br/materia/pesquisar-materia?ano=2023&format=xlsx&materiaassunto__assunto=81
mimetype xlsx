--- v1 (2025-12-24)
+++ v2 (2026-03-29)
@@ -54,312 +54,312 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>GABRIELA DELGADO, JOÃO DAN - PDT</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1928/requerimento_11_-_gabriela_e_joao_dan.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1928/requerimento_11_-_gabriela_e_joao_dan.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes depois de ter ouvido o Plenário, REQUEREM A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, requerendo informações referentes a fiscalização da limpeza dos terrenos no Município de Nova Andradina e Distrito Casa Verde.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2135/requerimento_46_-_arion.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2135/requerimento_46_-_arion.pdf</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
   _x000D_
 O Vereador que a esta subscreve nos termos regimentais vigentes depois de ouvido o Plenário REQUER À MESA DIRETORA, que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINEL, requerendo a seguinte informação: _x000D_
 _x000D_
 a)	Cronograma de limpeza das praças._x000D_
 b)	A limpeza das praças está sendo feita de maneira periódica, em todas as praças da cidade? Caso em alguma não ocorra explicar o porquê._x000D_
 c)	Nos dias, 04 de abril e 08 de abril do corrente ano, este vereador constatou um grande volume de lixo na praça Candido Frutuoso de Matos, quais fatores acarretaram tal ocorrência?</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1959/ind_59_-deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1959/ind_59_-deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, solicitando a limpeza (Retirada de Entulhos e resíduos sólidos) no Leito do Córrego Umbaracá nas Proximidades da Ponte Rinaldo Francisco de Freitas do Anel Viário Fernando Lima de Vasconcelos.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL, GABRIELA DELGADO, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2151/ind_156_-_arion_wilson_leandro_gabriela_marcia.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2151/ind_156_-_arion_wilson_leandro_gabriela_marcia.pdf</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINEL solicitando que seja providenciado serviço de limpeza em todas as bocas de lobo (Bueiros) do município de Nova Andradina-MS.</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>MÁRCIA LOBO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2176/ind_171_-_marcia_lobo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2176/ind_171_-_marcia_lobo.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, ao Sr. ROBERTO GINELL e ao Secretário Municipal de Planejamento e Administração, Sr. Valter Valentin Pinto, solicitar a disponibilidade de uma equipe de limpeza e manutenção permanente no Cemitério Municipal Santa Bárbara.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2236/ind_203_-_deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2236/ind_203_-_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o plenário, INDICA Á MESA, que seja encaminhado expediente ao Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINEL, solicitando que seja realizado serviço de limpeza e “Retirada de Terra”, localizada na Rua Beatriz Pasmanik, no Bairro Portal do Parque.</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2296/ind_236_-_cida.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2296/ind_236_-_cida.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que seja viabilizado O Mutirão de serviços de limpeza de ruas e lotes, capina, retirada de entulho, pinturas nos meios fios e pintura de sinalização horizontal na Vila Santo Antônio.</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2321/ind_251_-_marcia.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2321/ind_251_-_marcia.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CESAR CASTRO MARQUES e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINEL solicitando a reforma, revitalização, limpeza e roçagem da “Praça Joaquim Soares” no Bairro Alvorada.</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2327/ind_255_-_cida.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2327/ind_255_-_cida.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, SR. JOSÉ GILBERTO GARCIA, solicitando que seja viabilizado o Mutirão de serviços de limpeza de ruas e lotes, capina, retirada de entulho, pinturas nos meios fios e pintura de sinalização horizontal nos Bairros Bela Vista I, II, III, Antônio Ulisses Pinheiro, Argemiro Ortega e Durval Andrade Filho (Morada do Sol).</t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>GABRIELA DELGADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2483/ind_316_-_gabriela.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2483/ind_316_-_gabriela.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário, INDICA A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES, solicitando que seja reiterada a Indicação nº 34/2022, que solicita que seja viabilizado reforma e revitalização dos playgrounds das praças do município e realizar a troca do gramado sintético da Praça Querenciano Cecílio de Lima.</t>
   </si>
   <si>
     <t>2516</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>ALEMÃO DA SEMENTE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2516/ind_340_-_alemao.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2516/ind_340_-_alemao.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando a realização de Limpeza e Manutenção do Espaço Núcleo Pavanelli no Assentamento Teijin (Fotos Anexadas).</t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2632/indicacao_jardim_tropical.docx</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2632/indicacao_jardim_tropical.docx</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 _x000D_
 O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Sr.  Prefeito Municipal, José Gilberto Garcia ao Secretário Municipal de Serviços Públicos, Sr. Roberto Ginel, que sejam providenciados serviços públicos de manutenção no Bairro Jardim Tropical e intermediações como segue abaixo;_x000D_
 a)	Limpeza das “Caixas Secas” em frente ao Bairro Jardim Tropical até ao prolongamento da rotatória que margeia a rodovia saída p/ Batayporã._x000D_
 b)	Cascalhamento do trecho de saída do Bairro Jardim Tropical.</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2653/ind_402_-_leandro.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2653/ind_402_-_leandro.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, SR. ROBERTO GINEL,  solicitando reparos urgentes de limpeza de Boca de Lobo nas Avenidas Alcides M. de Farias cruzamento com a Avenida Antônio J. de M. Andrade e também nas Ruas Milton Modesto cruzamento com a Rua Melvin Jones._x000D_
 Solicito também que seja feito reparos na guia e serviço de “Tapa Buraco” na Rua São Jose na altura do numero 664 onde esta o prédio da Câmara Municipal de Nova Andradina – MS.</t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>DR. SANDRO - MDB, ARION AISLAN DE SOUSA - PL, MÁRCIA LOBO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2719/ind_427_-_sandro_marcia.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2719/ind_427_-_sandro_marcia.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando a criação/implantação:_x000D_
 a)	Força-tarefa dedicada à limpeza e manutenção dos bueiros de nossa cidade nos meses de outubro e novembro._x000D_
 b)	Cestos ecológicos nos bueiros, inspirados no modelo utilizado em Bonito/MS._x000D_
 c)	Campanha de conscientização pública sobre o descarte adequado de lixo.</t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2781/ind_455_-_gabriela.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2781/ind_455_-_gabriela.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICAM Á MESA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário de Serviços Públicos Sr. ROBERTO GINELL, solicitando serviço de roçagem nos canteiros centrais da Av. Eurico Soares Andrade, da rotatória até o cruzamento com a Rua Antônio Duarte.</t>
   </si>
   <si>
     <t>2904</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2904/indicacao_limpeza_e_rocada_condominio_dos_idosos.docx</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2904/indicacao_limpeza_e_rocada_condominio_dos_idosos.docx</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 _x000D_
 O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Sr.  Prefeito Municipal, JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINEL, solicitando que sejam providenciados roçada e limpeza do pátio do Condomínio dos Idosos.</t>
   </si>
   <si>
     <t>2910</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>MÁRCIA LOBO, DEILDO PISCINEIRO, JOSENILDO CEARÁ</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2910/ind_494_marcia.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2910/ind_494_marcia.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Infraestrutura, SR. JÚLIO CESAR CASTRO MARQUES, solicitando agilidade na limpeza das calhas do Centro de Convivência do Idoso.</t>
   </si>
   <si>
     <t>2944</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO, ALEMÃO DA SEMENTE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2944/ind_507_-_deildo_e_alemao_.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2944/ind_507_-_deildo_e_alemao_.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando a realização de mutirão para Limpeza dos Terrenos no Distrito de Nova Casa Verde - município de Nova Andradina-MS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -666,67 +666,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1928/requerimento_11_-_gabriela_e_joao_dan.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2135/requerimento_46_-_arion.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1959/ind_59_-deildo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2151/ind_156_-_arion_wilson_leandro_gabriela_marcia.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2176/ind_171_-_marcia_lobo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2236/ind_203_-_deildo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2296/ind_236_-_cida.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2321/ind_251_-_marcia.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2327/ind_255_-_cida.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2483/ind_316_-_gabriela.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2516/ind_340_-_alemao.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2632/indicacao_jardim_tropical.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2653/ind_402_-_leandro.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2719/ind_427_-_sandro_marcia.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2781/ind_455_-_gabriela.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2904/indicacao_limpeza_e_rocada_condominio_dos_idosos.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2910/ind_494_marcia.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2944/ind_507_-_deildo_e_alemao_.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1928/requerimento_11_-_gabriela_e_joao_dan.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2135/requerimento_46_-_arion.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1959/ind_59_-deildo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2151/ind_156_-_arion_wilson_leandro_gabriela_marcia.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2176/ind_171_-_marcia_lobo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2236/ind_203_-_deildo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2296/ind_236_-_cida.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2321/ind_251_-_marcia.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2327/ind_255_-_cida.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2483/ind_316_-_gabriela.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2516/ind_340_-_alemao.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2632/indicacao_jardim_tropical.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2653/ind_402_-_leandro.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2719/ind_427_-_sandro_marcia.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2781/ind_455_-_gabriela.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2904/indicacao_limpeza_e_rocada_condominio_dos_idosos.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2910/ind_494_marcia.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2944/ind_507_-_deildo_e_alemao_.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="104.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="130.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="130" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>