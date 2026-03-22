--- v0 (2025-12-25)
+++ v1 (2026-03-22)
@@ -54,66 +54,66 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2822</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>MÁRCIA LOBO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2822/ind_469_marcia.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2822/ind_469_marcia.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Saúde, Sr. HERNANDES ORTIZ, indicando a disponibilização de computador para os médicos que atendem na Clínica da Mulher.</t>
   </si>
   <si>
     <t>2826</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2826/ind_472_cida.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2826/ind_472_cida.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Governador do Estado de Mato Grosso do Sul Sr. EDUARDO RIEDEL, ao Deputado Estadual, Sr. ROBERTO RAZUK FILHO, ao Secretário de Estado de Infraestrutura e Logística HÉLIO PELUFFO FILHO e ao Secretário de Estado de Educação Sr. HÉLIO QUEIROZ DAHER, solicitando a realização de serviços de reforma geral na Escola Estadual Austrílio Capilé Castro e aquisição dos referidos equipamentos:_x000D_
 a) computadores;_x000D_
 b) Lousas brancas;_x000D_
 c) impressora Brailler</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -423,67 +423,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2822/ind_469_marcia.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2826/ind_472_cida.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2822/ind_469_marcia.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2826/ind_472_cida.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="95.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="94.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>