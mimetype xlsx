--- v0 (2025-12-28)
+++ v1 (2026-03-22)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO, LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2811/ind_464_deildo_leandro.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2811/ind_464_deildo_leandro.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA Á MESA, que seja encaminhado expediente ao Governador do Estado de Mato Grosso do Sul, Sr. EDUARDO RIEDEL, ao Deputado Estadual João César Mattogrosso - PSDB, ao Superintendente Regional do DNIT no Estado de Mato Grosso do Sul, Sr. EURO NUNES VARANIS JUNIOR, ao Diretor Executivo de Assessoramento da AGESUL, Sr. HUMBERTO HENRIQUE TEIXEIRA SALES, ao Prefeito Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINEL, solicitando que sejam disponibilizados recursos para recapeamento e Expansão do acostamento na Rodovia MS 473, entre a Rotatória da Coopergrãos (Destino Taquarussu) e a Rotatória que liga Nova Andradina/Bataypora/Taquarussu.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -405,67 +405,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2811/ind_464_deildo_leandro.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2811/ind_464_deildo_leandro.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="47.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>