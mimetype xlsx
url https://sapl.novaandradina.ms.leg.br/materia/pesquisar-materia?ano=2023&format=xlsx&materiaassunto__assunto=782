--- v0 (2025-12-29)
+++ v1 (2026-03-22)
@@ -54,66 +54,66 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>JOSENILDO CEARÁ</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2461/ind_308__ceara.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2461/ind_308__ceara.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Saúde, Sr. HERNANDES ORTIZ, e ao Diretor do Hospital Regional, Sr. MARCIO SOARES solicitando:</t>
   </si>
   <si>
     <t>2702</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE, ARION AISLAN DE SOUSA - PL, GABRIELA DELGADO, LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2702/ind_417_-_cida_-_gabriela_-_leandro_-_arion.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2702/ind_417_-_cida_-_gabriela_-_leandro_-_arion.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Saúde, Sr. HERNANDES ORTIZ e ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES, solicitando que sejam feitos estudos para possivelmente ser construída  uma sala de espera projetada de acordo com as Normas para Projetos Físicos de Estabelecimentos Assistenciais de Saúde, para os motoristas das ambulância que estão de plantão da Secretaria Municipal de Saúde.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -420,67 +420,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2461/ind_308__ceara.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2702/ind_417_-_cida_-_gabriela_-_leandro_-_arion.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2461/ind_308__ceara.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2702/ind_417_-_cida_-_gabriela_-_leandro_-_arion.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="98.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="121.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="121" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>