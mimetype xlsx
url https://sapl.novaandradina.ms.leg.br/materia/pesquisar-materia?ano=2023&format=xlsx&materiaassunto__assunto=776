--- v0 (2025-12-28)
+++ v1 (2026-03-24)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2462/ind_309_-_deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2462/ind_309_-_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao  Superintendente Regional do DNIT no estado de Mato Grosso do Sul, Sr. EURO NUNES VARANIS JUNIOR, ao Diretor Executivo de Assessoramento da AGESUL, Sr. HUMBERTO HENRIQUE TEIXEIRA SALES, ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, com cópia ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES, solicitando – estudos de Gestão Ambiental e de infraestrutura para retiradas das árvores que estão a menos de 10 metros da faixa de domínio na Rodovia BR 376 (Nova Andradina - Ivinhema) e na Rodovia MS 134 (Nova Andradina – Casa Verde).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -405,67 +405,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2462/ind_309_-_deildo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2462/ind_309_-_deildo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>