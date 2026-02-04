--- v0 (2025-10-21)
+++ v1 (2026-02-04)
@@ -51,218 +51,218 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB, JOSENILDO CEARÁ - PT, ALEMÃO DA SEMENTE - PSDB, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO - PSDB, DR. SANDRO - MDB, FABIO ZANATA - MDB, JOÃO DAN - PDT, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO - PODE, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA - UNIÃO</t>
+    <t>GABRIELA DELGADO, JOSENILDO CEARÁ, ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, JOÃO DAN - PDT, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2245/requerimento_63_-_gabriela_ceara_e_subscritos.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário, REQUER A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, e ao Diretor do DEMTRAN, Sr. JOSÉ AUGUSTO DA SILVA SOBRINHO, requerendo informações referentes as infrações de trânsito em Nova Andradina.</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB, LEANDRO FERREIRA LUIZ FEDOSSI</t>
+    <t>GABRIELA DELGADO, LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2648/requerimento_107_-_gabriela_e_leandro.pdf</t>
   </si>
   <si>
     <t>A Vereadora e o Vereador que a estas subscrevem nos termos regimentais vigentes depois de ter ouvido o Plenário, REQUEREM A MESA DIRETORA, que seja encaminhado expediente Governador do Estado de Mato Grosso do Sul, Sr. EDUARDO RIEDEL, com cópia a Secretaria de Estado de Assistência Social e dos Direitos Humanos, PATRÍCIA ELIAS COZZOLINO DE OLIVEIRA, com cópia ao Diretor Presidente do DETRAN-MS, Sr. RUDEL TRINDADE e ao Prefeito Municipal de Nova Andradina-MS, JOSÉ GILBERTO GARCIA, solicitando as seguintes informações:</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1901/ind_28_-_cida.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, com cópia ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e ao Diretor do Departamento Municipal de Trânsito (DEMTRAN), Sr. JOSÉ AUGUSTO DA SILVA SOBRINHO, que seja viabilizado estudos técnicos para a mudança no sentido de tráfego, passando assim a ser mão única em toda a sua extensão a Rua Sérgio Tibúrcio dos Santos e na Rua Eraclides Simões, no Trecho especificamente em frente a Praça do Bairro Durval Andrade Filho ( Morada do Sol).</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>WILSON ALMEIDA - UNIÃO</t>
+    <t>WILSON ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1915/ind_38_-_wilson.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, ao Diretor do Demtran, Sr. JOSÉ AUGUSTO DA SILVA SOBRINHO e ao Comandante do Policiamento de Trânsito da Policia Militar, 1° TENENTE MARCOS BEZERRA, solicitando e realização de campanha para uso consciente de bicicletas elétricas em Nova Andradina.</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>DR. SANDRO - MDB</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1923/ind_44_-_sandro_hoici.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e ao Diretor do Departamento Municipal de Trânsito (DEMTRAN), Sr. JOSÉ AUGUSTO DA SILVA SOBRINHO, solicitando a construção de uma passarela elevada (traffic calming) em frente ao Asilo - Lar Sagrado Coração De Jesus.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>DEILDO PISCINEIRO - PSDB, ARION AISLAN DE SOUSA - PL</t>
+    <t>DEILDO PISCINEIRO, ARION AISLAN DE SOUSA - PL</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1935/ind_50_-deildo_e_arion.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Infraestrutura Sr. JULIO CESAR CASTRO MARQUES, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, e ao Diretor do DEMTRAN – Sr. JOSÉ AUGUSTO DA SILVA SOBRINHO, solicitando a Implantação de sinalização Semafórica de Três Tempos na Esquina da Rua Vearni Castro com a Avenida Antônio Joaquim de Moura Andrade.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1960/ind_60_-_cida.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito_x000D_
 Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr._x000D_
 ROBERTO GINELL, e ao Diretor do Departamento Municipal de Trânsito (DEMTRAN), Sr._x000D_
 JOSÉ AUGUSTO DA SILVA SOBRINHO, solicitando que sejam instalados redutores de velocidades TRAFFIC CALMING,  na seguinte localidade, Rua Pastor Júlio Ferreira Alencar, entre a Avenida Ivinhema e a Rua Elzio Gonçalves Dias.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>MÁRCIA LOBO - PODE</t>
+    <t>MÁRCIA LOBO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2095/ind_123_-_marcia_lobo.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, indicando a sinalização e demarcação de área de acessibilidade na entrada do ESF do bairro São Vicente de Paulo.</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>DEILDO PISCINEIRO - PSDB</t>
+    <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2160/ind_160-_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, SR. JOSÉ GILBERTO GARCIA, com cópia ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, ao Secretário Municipal de Serviços Públicos, SR. ROBERTO GINELL e ao Diretor do Departamento Municipal de Trânsito (DEMTRAN), Sr. JOSÉ AUGUSTO DA SILVA SOBRINHO, Reiterando a Indicação nº 415/2021 solicitando que sejam tomadas providências de Reorganização Viária nas Ruas dos distintos perímetros dos Bairros Celina Gonçalves – “Rua Vera Lúcia Pigari Baptista”, Bairro Almesinda Costa Souza, “Rua Lourenço Pereira Lopes” e Bairro Randolfo Jareta, “Rua Timóteo dos Santos José” Paralelas à Avenida Onofre Batista de Oliveira, tomando as possíveis conjunturas:_x000D_
 a)	Via de mão dupla para única;_x000D_
 b)	Retornos nos canteiros centrais</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2189/ind_179_-_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e ao Diretor do Departamento Municipal de Trânsito, Sr. JOSÉ AUGUSTO SOBRINHO, solicitando a Implantação de Novo Local para estacionamento de Motos referente a Avenida Eurico Soares de Andrade – no semáforo com a Rua Walter Hubacher.</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2190/ind_180_-_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e ao Diretor do Departamento Municipal de Trânsito, Sr. JOSÉ AUGUSTO SOBRINHO, solicitando a Implantação de Bicicletários na extensão da Avenida Dilson Casarotto no Distrito de Nova Casa Verde.</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>FABIO ZANATA - MDB</t>
+    <t>FABIO ZANATA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2191/ind_181_-_fabio_zanata.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, com cópia ao diretor do demtran, Sr. JOSÉ AUGUSTO DA SILVA SOBRINHO, solicitando que sejam instaladas placas de sinalização em locais estratégicos indicando a localização do Santuário Imaculado Coração de Maria.</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2251/ind_212_-_cida.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Deputado Estadual, SR. ROBERTO RAZUK FILHO, solicitando a intervenção do Excelentíssimo Deputado para atender na aquisição de um VEÍCULO TIPO UTILITÁRIO para  - Escola Pública de Trânsito- EPT-NA, no DEMTRAN (Departamento Municipal de Trânsito) de Nova Andradina-MS.</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
     <t>260</t>
   </si>
@@ -299,51 +299,51 @@
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2508/ind_335_-_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e ao Diretor do Departamento Municipal de Trânsito (DEMTRAN), Sr. JOSÉ AUGUSTO SOBRINHO, solicitando estudos para realizarem um recorte no meio fio localizado na Avenida Eurico Soares de Andrade esquina com a Rua Antônio Duarte, município de Nova Andradina – MS.</t>
   </si>
   <si>
     <t>2669</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2669/ind_408_-_wilson.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e ao Diretor do DEMTRAN, Sr. JOSÉ AUGUSTO DA SILVA SOBRINHO, solicitando a revitalização da sinalização viária e demarcações de trânsito em todas as ruas e avenidas do município de Nova Andradina-MS.</t>
   </si>
   <si>
     <t>2748</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>ARION AISLAN DE SOUSA - PL, ALEMÃO DA SEMENTE - PSDB</t>
+    <t>ARION AISLAN DE SOUSA - PL, ALEMÃO DA SEMENTE</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2748/ind_442_arion.pdf</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 _x000D_
 O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Sr.  Prefeito Municipal, José Gilberto Garcia, Presidente do DETRAN, Sr. Rudel Trindade, solicitando estudo de viabilidade e implantação de sistema de senhas eletrônicas para atendimento na agência do Detran em Nova Andradina/MS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>