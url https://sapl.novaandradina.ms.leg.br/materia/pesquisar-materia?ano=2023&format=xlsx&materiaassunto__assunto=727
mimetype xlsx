--- v0 (2025-12-29)
+++ v1 (2026-03-24)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>GABRIELA DELGADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2037/ind_98_-_gabriela_leandro_ceara_e_subscritos.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2037/ind_98_-_gabriela_leandro_ceara_e_subscritos.pdf</t>
   </si>
   <si>
     <t>A Vereadora e os Vereadores que a esta subscrevem nos termos regimentais vigentes depois de ter ouvido o Plenário, INDICAM A MESA DIRETORA, que seja encaminhado expediente ao Governo do Estado de Mato Grosso do Sul, Sr. EDUARDO RIEDEL, AO Secretário de Estado de Infraestrutura, Sr. HÉLIO PELUFO, ao Deputado Estadual, sr. ROBERTO HASHIOKA, ao Deputado Estadual, Sr. AMARILDO CRUZ, ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, ao Reitor da Universidade Federal de Mato Grosso Sul – UFMS, Prof. Dr. MARCELO AUGUSTO SANTOS TURINE, a Diretora da UFMS – CPNA, Prof. Dra. SOLANGE FACHIN que sejam enveredados esforços, estudos e Planejamento para:</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -405,67 +405,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2037/ind_98_-_gabriela_leandro_ceara_e_subscritos.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2037/ind_98_-_gabriela_leandro_ceara_e_subscritos.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="123.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="122.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>