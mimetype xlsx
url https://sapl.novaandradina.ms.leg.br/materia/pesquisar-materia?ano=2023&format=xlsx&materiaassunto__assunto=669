--- v0 (2025-12-25)
+++ v1 (2026-03-22)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2831/requerimento_139_leandro.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2831/requerimento_139_leandro.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes depois de ouvido o Plenário REQUEREM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Saúde, Sr. HERNANDEZ ORTIZ, solicitando as seguintes informações sobre exames de tomografia, ressonância magnética, raio x e ultrassonografia.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -405,67 +405,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2831/requerimento_139_leandro.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2831/requerimento_139_leandro.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>