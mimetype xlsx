--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -54,66 +54,66 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2620/requerimento_102-2023_todos_vereadores.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2620/requerimento_102-2023_todos_vereadores.pdf</t>
   </si>
   <si>
     <t>REQUER VOTAÇÃO EM DESTAQUE DO PL 19/2023, DE AUTORIA DO PODER EXECUTIVO que altera a lei n. 993/2011.</t>
   </si>
   <si>
     <t>2654</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>ALEMÃO DA SEMENTE, ANTONIO TOMAZ - REPUBLICANOS, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2654/requerimento_109-2023_todos_vereadores.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2654/requerimento_109-2023_todos_vereadores.pdf</t>
   </si>
   <si>
     <t>REQUER VOTAÇÃO EM DESTAQUE DO PL 19/2023, DE AUTORIA DO PODER EXECUTIVO que altera a lei n. 993/2011._x000D_
 _x000D_
 Requeremos ao PLENÁRIO, nos termos do art. 183 do Regimento Interno desta Câmara Legislativa, DESTAQUE para votação em separado do projeto de lei n. 19/2023, de autoria do Poder Executivo, especificamente em relação aos dispositivos abaixo:_x000D_
 _x000D_
 Art. 4º ..._x000D_
 ..._x000D_
 § 2º Os Diretores Financeiro e de Benefícios cumprirão o mandato de 04 (quatro) anos mencionado no caput deste artigo, ficando estendida a vigência dos Decretos nº 2.792 e 2793 ambos de 01 de junho de 2021, até 04/06/2025._x000D_
 _x000D_
 § 3º Os membros dos Conselhos Deliberativo e Fiscal indicados pelo Executivo e pelo Legislativo, cumprirão mandatos de 03 anos, mantendo a vigência, do Decreto nº. 2.650 e 2.651, ambos de 13 de outubro de 2020 até 25/10/2023, quando serão substituídos através de nova indicação. Após esta data, o mandato dos conselheiros indicados será de 04 anos, conforme disposto no caput do artigo 38 da Lei Municipal nº. 993/2011._x000D_
 _x000D_
 § 4º Os membros dos Conselhos Deliberativo e Fiscal eleitos pelos servidores ativos e inativos, cumprirão o mandato de 04 anos mencionado no caput do artigo 38, ficando estendida a vigência dos Decretos 2.650 e 2.651 ambos de 13 de outubro de 2020 até 25/10/2024, quando serão submetidos a processo eleitoral conforme anexo IV desta lei._x000D_
 _x000D_
 § 5º Os membros do Comitê de Investimentos cumprirão o mandato de 04 anos previsto no caput do artigo 38, ficando estendida a vigência do Decreto nº 3.104 de 12 de dezembro de 2022 até 17 de dezembro de 2024.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -432,67 +432,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2620/requerimento_102-2023_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2654/requerimento_109-2023_todos_vereadores.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2620/requerimento_102-2023_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2654/requerimento_109-2023_todos_vereadores.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="120.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="119.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>