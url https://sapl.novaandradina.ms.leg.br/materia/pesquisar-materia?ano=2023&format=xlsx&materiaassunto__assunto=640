--- v0 (2025-12-28)
+++ v1 (2026-03-23)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>JOSENILDO CEARÁ</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2698/requerimento_115_-_ceara.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2698/requerimento_115_-_ceara.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve REQUER A MESA DIRETORA, nos termos regimentais vigentes, que seja encaminhado expediente ao Prefeito Municipal SR. JOSE GILBERTO GARCIA, ao Secretário Municipal de Saúde, Sr. HERNANDES ORTIZ e ao Diretor do Hospital Regional, FRANCISCO DANTAS MANIÇOBA, solicitando as seguintes informações:_x000D_
 _x000D_
 a) Em relação às cirurgias da área de Otorrinolaringologia, Urologia (Postectomia), Gastroenterologista (Recuperação de Trânsito Intestinal, Aparelho Intestinal), existem contratos vigentes do Hospital do Regional Francisco Dantas Maniçoba com os médicos cirurgiões específicos ás áreas mencionadas? Se sim, enviar cópia digital dos contratos do HR e os dados dos médicos._x000D_
 b) Quais especialidades o Hospital Regional de Nova Andradina-MS, com seus médicos cirurgiões, está apto a fazer cirurgias eletivas e/ou emergenciais?_x000D_
 c) Existe uma lista do número de munícipes que necessitam passar por cirurgias dessas áreas em que o Hospital Regional de Nova Andradina tem contrato com os médicos? Se sim, favor enviar relatório descritivo do tempo de espera e quais motivos as cirurgias ainda não foram realizadas._x000D_
 d). Recentemente à Câmara Municipal de Nova Andradina votou e aprovou suplementação de 10% para ações na Saúde, dentre elas, as cirurgias bariátricas. _x000D_
 d.1 Nesse sentido: quantas pessoas estão aguardando para realizarem cirurgias bariátricas? _x000D_
 d.2 O Contrato foi aditivado? Se não, favor explicar os motivos.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -412,67 +412,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2698/requerimento_115_-_ceara.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2698/requerimento_115_-_ceara.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="105.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>