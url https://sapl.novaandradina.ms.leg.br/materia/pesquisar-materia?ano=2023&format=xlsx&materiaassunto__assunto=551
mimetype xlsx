--- v0 (2026-02-04)
+++ v1 (2026-03-28)
@@ -54,93 +54,93 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>GABRIELA DELGADO, CIDA DO ZÉ BUGRE - PODE, MÁRCIA LOBO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2100/ind_125_-_gabriela_marcia_e_cida.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2100/ind_125_-_gabriela_marcia_e_cida.pdf</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o plenário, INDICAM Á MESA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e a à Secretária Municipal de Educação, Cultura e esportes, Sra. GIULIANA MASCULI POKRYWIECKI, reiterando a Indicação Nº 143/2022, solicitando que sejam realizadas as adequações de acessibilidade para cadeirantes no Centro de Convenções "Silvio Ubaldino de Sousa".</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2117/ind_137_-_deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2117/ind_137_-_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES, solicitando vaga exclusiva de estacionamento para pessoas com necessidades especiais e cadeirantes, no Velório Municipal Francisco Pereira da Silva, município de Nova Andradina-MS.</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>GABRIELA DELGADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2198/ind_186_-_gabriela.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2198/ind_186_-_gabriela.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário, INDICA A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES, solicitando que seja reiterada a Indicação nº 37/2021, que solicita que seja viabilizado com o máximo de urgência, um estudo de reparo nas rampas de acesso para cadeirantes, em todo o perímetro da Av. Antônio Joaquim de Moura Andrade, Av. Eurico Soares Andrade e a rampa de acesso ao CRENA.</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2329/ind_257_-_deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2329/ind_257_-_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, solicitando vaga exclusiva de estacionamento para pessoas com necessidades especiais e cadeirantes na Avenida Eurico Soares de Andrade esquina com a Rua Sete de Setembro no município de Nova Andradina-MS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -447,67 +447,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2100/ind_125_-_gabriela_marcia_e_cida.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2117/ind_137_-_deildo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2198/ind_186_-_gabriela.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2329/ind_257_-_deildo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2100/ind_125_-_gabriela_marcia_e_cida.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2117/ind_137_-_deildo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2198/ind_186_-_gabriela.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2329/ind_257_-_deildo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="55.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="112.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="111.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>