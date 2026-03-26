--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -54,123 +54,123 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2049/ind_100_-_wilson.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2049/ind_100_-_wilson.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando realização de estudos para colocação de Placas Indicativas durante toda extensão da Avenida Antônio Joaquim de Moura Andrade, constando a localização dos seguintes órgãos: Hospital Regional, Hospital Cassems, Detran, Unidade Regional de Perícia e Identificação - URPI, IML,  Procon, Casa do Trabalhador, 1ª Delegacia de Polícia Civil , Delegacia Regional de Polícia, Delegacia da Mulher, Delegacia do Trabalho, Corpo de Bombeiros, Estabelecimento Penal Masculino, Agraer, Iagro, Coordenadoria Regional de Educação, IFMS, UEMS, UFMS, Hospital de Amor (Hospital de Câncer), Fórum, Câmara Municipal, Prefeitura Municipal, Centro de Convenções, Estádio Municipal, Receita Federal, Justiça Eleitoral, Aeródromo Municipal, Vara do Trabalho de Nova Andradina, IBGE, MPE, OAB, Secretaria da Fazenda, Agencia Fazendária, Banco de Sangue, Batalhão da Policia Militar, Parque de Exposições, Agesul e Terminal Rodoviário.</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>FABIO ZANATA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2191/ind_181_-_fabio_zanata.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2191/ind_181_-_fabio_zanata.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, com cópia ao diretor do demtran, Sr. JOSÉ AUGUSTO DA SILVA SOBRINHO, solicitando que sejam instaladas placas de sinalização em locais estratégicos indicando a localização do Santuário Imaculado Coração de Maria.</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>ALEMÃO DA SEMENTE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2200/ind_187_-_alemao_e_joao_dan.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2200/ind_187_-_alemao_e_joao_dan.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, Diretor-Presidente da Agência Estadual de Gestão de Empreendimentos, Sr. MAURO AZAMBUJA RONDON, com cópia ao Diretor Presidente da Gerente Regional da AGESUL (Agência Estadual de Gestão e Empreendimentos), Sr. HUMBERTO HENRIQUE TEIXEIRA SALES, solicitando Placas de Identificação na rodovia MS-134 - indicando aos condutores de Veículos Automotores via de acesso aos Assentamentos Teijin, Peroba e Angico.</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2230/ind_197_-_wilson.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2230/ind_197_-_wilson.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando ampliação de mais duas salas amplas, instalação de ar condicionado e wi-fi, reforma dos banheiros e instalação da placa de identificação do local com o nome que foi dado ao velório municipal de Nova Andradina, denominado (Francisco Pereira da Silva).</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2328/ind_256_-_deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2328/ind_256_-_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA Á MESA, que seja encaminhado expediente ao Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINEL e ao Gerente Regional da Agesul – Nova Andradina, Sr. HUMBERTO HENRIQUE TEIXEIRA SALES, solicitando a Implantação de placas com sinalização de tráfego de ciclistas nas rodovias do município de Nova Andradina – MS.</t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2477/ind_313_-_cida_entra_dia_15.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2477/ind_313_-_cida_entra_dia_15.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos Sr. ROBERTO GINELL, e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CESAR CASTRO MARQUES, ao Gerente Regional da Agesul – Nova Andradina, Sr. HUMBERTO HENRIQUE TEIXEIRA SALES e ao Diretor do Departamento Municipal de Trânsito (DEMTRAN), Sr. JOSÉ AUGUSTO SOBRINHO, solicitando para que seja providenciada com urgência a pavimentação asfáltica e a Implantação de placas com sinalização e identificação da Travessa Antônio Fausto Rodrigues do Bairro Monte Carlo de Nova Andradina-MS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -477,67 +477,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2049/ind_100_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2191/ind_181_-_fabio_zanata.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2200/ind_187_-_alemao_e_joao_dan.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2230/ind_197_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2328/ind_256_-_deildo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2477/ind_313_-_cida_entra_dia_15.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2049/ind_100_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2191/ind_181_-_fabio_zanata.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2200/ind_187_-_alemao_e_joao_dan.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2230/ind_197_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2328/ind_256_-_deildo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2477/ind_313_-_cida_entra_dia_15.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="109.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="108.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>