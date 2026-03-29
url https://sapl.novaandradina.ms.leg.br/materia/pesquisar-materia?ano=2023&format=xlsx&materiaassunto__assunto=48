--- v0 (2025-12-28)
+++ v1 (2026-03-29)
@@ -54,117 +54,117 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO</t>
   </si>
   <si>
     <t>JOSÉ GILBERTO GARCIA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2364/projeto_de_lei_ordinaria_no._10_-_2023_-_doacao_viposa.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2364/projeto_de_lei_ordinaria_no._10_-_2023_-_doacao_viposa.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo realizar a doação gratuita com encargos de imóveis para a pessoa jurídica Viposa S.A, CNPJ 83.054.437/0001-35, e dá outras providências</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2376/projeto_de_lei_ordinaria_12-2023_-_doacao_lar_sao_jose.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2376/projeto_de_lei_ordinaria_12-2023_-_doacao_lar_sao_jose.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo realizar a doação de imóvel para o Lar Alternativo São José, Associação Civil sem fins lucrativos de caráter beneficente e filantrópico, CNPJ 02.460.793/0001-57, e dá outras providências.</t>
   </si>
   <si>
     <t>2847</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2847/projeto_de_lei_ordinaria_33-2023_-_prazo_escritura_lar_sao_jose.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2847/projeto_de_lei_ordinaria_33-2023_-_prazo_escritura_lar_sao_jose.pdf</t>
   </si>
   <si>
     <t>Restitui o prazo para lavratura de escritura de doação prevista na Lei Municipal nº. 1.752, de 14 de julho de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>PARECER JURÍDICO</t>
   </si>
   <si>
     <t>JURÍDICO - JUR</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2386/parecer_264-2023_doacao_prodinan_emendas_assinado.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2386/parecer_264-2023_doacao_prodinan_emendas_assinado.pdf</t>
   </si>
   <si>
     <t>A CMNA submete a análise do Departamento Jurídico o Projeto de Lei nº 10/2023 de autoria do Chefe do Poder Executivo, que autoriza a realização doação de imóvel a empresa VIPOSA S/A.</t>
   </si>
   <si>
     <t>2946</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>GABRIELA DELGADO, LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2946/requerimento_158_-_gabriela_e_leandro.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2946/requerimento_158_-_gabriela_e_leandro.pdf</t>
   </si>
   <si>
     <t>A Vereadora e Vereador que a esta subscrevem nos termos regimentais vigentes depois de ter ouvido o _x000D_
 Plenário, REQUEREM A MESA DIRETORA, que seja encaminhado expediente ao Governador do Estado _x000D_
 de Mato Grosso do Sul, Sr. EDUARDO RIEDEL, a Secretaria de Assistência Social e dos Estado de Direitos Humanos (SEAD), Sra. PATRÍCIA ELIAS COZZOLINO DE OLIVEIRA e com cópia ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e a Secretária Municipal de Assistência Social, Sra. DELMA PRADO CAVALCANTE, solicitando as seguintes informações:_x000D_
 a) Como está o processo para doação pelo Estado de Mato Grosso do Sul de Aparelhos de Sinal _x000D_
 digital de Transmissão (Parabólica Digital) referente ao município de Nova Andradina-MS? Quais as _x000D_
 perspectivas temporais para essa realização?_x000D_
 b) Quais são os requisitos necessários para que o município de Nova Andradina-MS possa ser _x000D_
 incluso nesse processo?_x000D_
 c) Qual a quantidade de kits de Aparelhos de Sinal digital de Transmissão (Parabólica Digital) a _x000D_
 contemplar (...)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -480,67 +480,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2364/projeto_de_lei_ordinaria_no._10_-_2023_-_doacao_viposa.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2376/projeto_de_lei_ordinaria_12-2023_-_doacao_lar_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2847/projeto_de_lei_ordinaria_33-2023_-_prazo_escritura_lar_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2386/parecer_264-2023_doacao_prodinan_emendas_assinado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2946/requerimento_158_-_gabriela_e_leandro.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2364/projeto_de_lei_ordinaria_no._10_-_2023_-_doacao_viposa.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2376/projeto_de_lei_ordinaria_12-2023_-_doacao_lar_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2847/projeto_de_lei_ordinaria_33-2023_-_prazo_escritura_lar_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2386/parecer_264-2023_doacao_prodinan_emendas_assinado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2946/requerimento_158_-_gabriela_e_leandro.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="48.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="140.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="139.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>