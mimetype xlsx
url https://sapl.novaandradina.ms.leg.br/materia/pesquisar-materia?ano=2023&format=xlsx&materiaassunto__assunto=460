--- v0 (2025-12-21)
+++ v1 (2026-03-27)
@@ -54,96 +54,96 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>MÁRCIA LOBO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2095/ind_123_-_marcia_lobo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2095/ind_123_-_marcia_lobo.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, indicando a sinalização e demarcação de área de acessibilidade na entrada do ESF do bairro São Vicente de Paulo.</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2274/ind_223-_leandro.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2274/ind_223-_leandro.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINEL, solicitando reparos na sinalização horizontal de trânsito nas imediações do Hospital de Amor localizado na Avenida Paulo Prata nº 488 no bairro universitário. (Foto em anexo).</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>FABIO ZANATA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2387/ind_277_-_fabio.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2387/ind_277_-_fabio.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, ao Gerente Regional do Departamento de Trânsito de Nova Andradina Sr. RICARDO LIMA, e ao Diretor do DEMTRAN, Sr. JOSÉ AUGUSTO DA SILVA SOBRINHO, solicitando que seja realizado o serviço de sinalizações verticais e horizontais em toda a extensão do Bairro Ipanema e restauração na pintura das faixas do município.</t>
   </si>
   <si>
     <t>2669</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2669/ind_408_-_wilson.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2669/ind_408_-_wilson.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e ao Diretor do DEMTRAN, Sr. JOSÉ AUGUSTO DA SILVA SOBRINHO, solicitando a revitalização da sinalização viária e demarcações de trânsito em todas as ruas e avenidas do município de Nova Andradina-MS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -450,67 +450,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2095/ind_123_-_marcia_lobo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2274/ind_223-_leandro.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2387/ind_277_-_fabio.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2669/ind_408_-_wilson.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2095/ind_123_-_marcia_lobo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2274/ind_223-_leandro.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2387/ind_277_-_fabio.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2669/ind_408_-_wilson.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="102.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="101.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>