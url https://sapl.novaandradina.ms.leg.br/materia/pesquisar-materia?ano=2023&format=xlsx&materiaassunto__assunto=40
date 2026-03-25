--- v0 (2025-12-25)
+++ v1 (2026-03-25)
@@ -54,96 +54,96 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>MÁRCIA LOBO, ARION AISLAN DE SOUSA - PL, GABRIELA DELGADO, LEANDRO FERREIRA LUIZ FEDOSSI, PEDRO SOARES - REPUBLICANOS</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2484/ind_317_-_marcia_lobo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2484/ind_317_-_marcia_lobo.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATOS, indicando a solicitação junto a AGEHAB para a criação de convênio para a construção 04 unidades habitacionais no condomínio do idoso, conforme resposta a indicação 108/2023.</t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2485/ind_318_-_wilson.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2485/ind_318_-_wilson.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que seja executado serviços de pavimentação asfáltica nas ruas do itinerário nas dependências da empresa Viposa.</t>
   </si>
   <si>
     <t>2496</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2496/ind_328-_deildo_.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2496/ind_328-_deildo_.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que sejam tomadas providências no que tange ao buraco da esquina da Rua Santa Catarina com a Rua Cristo Rei.</t>
   </si>
   <si>
     <t>2587</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>MÁRCIA LOBO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2587/ind_374_-_marcia_lobo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2587/ind_374_-_marcia_lobo.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Infraestrutura , Sr. JÚLIO CESAR CASTRO MARQUES, reiterando a Indicação nº 323/2021, indicando a construção de pista MTB XCO - Mountain Bike Cros Country Olímpico no Parque Ambiental José Aparecido da Silva.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -450,67 +450,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2484/ind_317_-_marcia_lobo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2485/ind_318_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2496/ind_328-_deildo_.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2587/ind_374_-_marcia_lobo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2484/ind_317_-_marcia_lobo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2485/ind_318_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2496/ind_328-_deildo_.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2587/ind_374_-_marcia_lobo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="117.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="102.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="101.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>