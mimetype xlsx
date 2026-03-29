--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -54,104 +54,104 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2730</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO</t>
   </si>
   <si>
     <t>MÁRCIA LOBO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2730/projeto_de_lei_-_instalacao_de_bocas_de_lobo.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2730/projeto_de_lei_-_instalacao_de_bocas_de_lobo.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a implantação de dispositivo chamado "boca de lobo inteligente" e dá outras providências”.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL, GABRIELA DELGADO, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2151/ind_156_-_arion_wilson_leandro_gabriela_marcia.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2151/ind_156_-_arion_wilson_leandro_gabriela_marcia.pdf</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINEL solicitando que seja providenciado serviço de limpeza em todas as bocas de lobo (Bueiros) do município de Nova Andradina-MS.</t>
   </si>
   <si>
     <t>2546</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2546/ind_351_-_wilson.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2546/ind_351_-_wilson.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que seja realizado a manutenção em boca de lobo na Av. Antônio Joaquim de Moura Andrade na frente do número, 500 – centro nova Andradina.</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2653/ind_402_-_leandro.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2653/ind_402_-_leandro.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, SR. ROBERTO GINEL,  solicitando reparos urgentes de limpeza de Boca de Lobo nas Avenidas Alcides M. de Farias cruzamento com a Avenida Antônio J. de M. Andrade e também nas Ruas Milton Modesto cruzamento com a Rua Melvin Jones._x000D_
 Solicito também que seja feito reparos na guia e serviço de “Tapa Buraco” na Rua São Jose na altura do numero 664 onde esta o prédio da Câmara Municipal de Nova Andradina – MS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -459,67 +459,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2730/projeto_de_lei_-_instalacao_de_bocas_de_lobo.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2151/ind_156_-_arion_wilson_leandro_gabriela_marcia.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2546/ind_351_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2653/ind_402_-_leandro.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2730/projeto_de_lei_-_instalacao_de_bocas_de_lobo.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2151/ind_156_-_arion_wilson_leandro_gabriela_marcia.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2546/ind_351_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2653/ind_402_-_leandro.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="104.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="125.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>