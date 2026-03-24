--- v0 (2025-12-27)
+++ v1 (2026-03-24)
@@ -54,93 +54,93 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2893</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO</t>
   </si>
   <si>
     <t>JOSÉ GILBERTO GARCIA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2893/projeto_de_lei_ordinaria_37-2023_-_emenda_impositiva.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2893/projeto_de_lei_ordinaria_37-2023_-_emenda_impositiva.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a alteração do ANEXO I, da Lei n°. 1.714/2022, que Estima a Receita e Fixa a Despesa do Município de Nova Andradina-MS, para o exercício de 2023.</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO</t>
   </si>
   <si>
     <t>GABRIELA DELGADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1929/projeto_de_lei_no._06_gabriela.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1929/projeto_de_lei_no._06_gabriela.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a transparência pública da Emendas impositivas do Poder Legislativo à Lei Orçamentaria anual e dá outras providências”.</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>JOSENILDO CEARÁ</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2593/requerimento_99_-_ceara_.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2593/requerimento_99_-_ceara_.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve REQUER A MESA DIRETORA, nos termos regimentais vigentes, que seja encaminhado expediente ao Prefeito Municipal SR. JOSE GILBERTO GARCIA, à Secretária Municipal de Educação, Cultura e Esportes, Sra. GIULIANA MASCULI POKRYWIECKI, à Diretora Presidente da Fundação Nova-andradinense de Cultura - FUNAC, Sra. ANA LUCIA FERREIRA VASCONCELOS e ao Presidente do Conselho Municipal de política Cultural, Sr. BRUNO HENRIQUE SELEGUIM, as seguintes informações com relação ao Fundo Municipal da Cultura e as Emendas impositivas destinada para a Educação e para a Cultura:_x000D_
 _x000D_
 a)Considerando que a LOA aprovada para o exercício atual previu valores no FMC, questionamos qual valor existe na conta do fundo? Favor enviar extrato_x000D_
 b)Foi colocado no FMC o valor previsto na LOA ou o percentual determinado em LEI? Explicar os motivos_x000D_
 c)Enviar cópias de todos os projetos financiados pelo FMC no ano de 2023 e os que ainda serão pautados ate o findar do ano? Por gentiliza enviar também os referidos empenhos e ordens de pagamento_x000D_
 d)Com relação as emendas impositivas para a Educação e Cultura, favor informar quais vereadores e quais valores foram enviados e se as referidas emendas foram pagas. Emitir comprovação_x000D_
 e)As emendas do vereador Ceará do PT para Educação e Cultura não foram pagas. Qual a previsão de pagamento? _x000D_
 f)A emenda impositiva do vereador Ceará do PT para Cultura indicava a realização do Projeto Fest Nova. Decorridos mais de 8 meses ainda há interesse da administração pública em cumprir com a referida emenda? Se sim, o que foi feito até então?</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -454,67 +454,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2893/projeto_de_lei_ordinaria_37-2023_-_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1929/projeto_de_lei_no._06_gabriela.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2593/requerimento_99_-_ceara_.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2893/projeto_de_lei_ordinaria_37-2023_-_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1929/projeto_de_lei_no._06_gabriela.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2593/requerimento_99_-_ceara_.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="132.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="131.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>