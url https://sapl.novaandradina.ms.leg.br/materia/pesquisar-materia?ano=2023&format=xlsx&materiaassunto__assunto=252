--- v0 (2025-12-24)
+++ v1 (2026-03-27)
@@ -54,98 +54,98 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2601</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2601/ind_379_-_cida.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2601/ind_379_-_cida.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Diretor-Presidente da Fundação do Trabalho de Mato Grosso do Sul (FUNTRAB), Sr. ADEMAR SILVA JUNIOR, ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATTOS e a Secretária de Cidadania e Assistência Social SEMCIAS, Sra. DELMA PRADO CAVALCANTE, solicitando que destine para a Casa do Trabalhador em Nova Andradina MS, 04 (quatro) ares condicionados, 01 (uma) impressora Brother, Internet, Roteador Wi-Fi, para melhor atender a demanda na cidade e empresas que pertence a municípios vizinhos.</t>
   </si>
   <si>
     <t>2717</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2717/ind_425_-_arion.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2717/ind_425_-_arion.pdf</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES, solicitando aquisição de quiosque/Totem de autoatendimento com impressora, para o setor de tributação.</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL, MÁRCIA LOBO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2718/ind_426_-_arion.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2718/ind_426_-_arion.pdf</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Saúde, Sr. HERNANDES ORTIZ, solicitando aquisição de impressoras coloridas para as unidades de saúde ESF’s do município.</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>JOSENILDO CEARÁ, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Saúde, Sr. HERNANDEZ ORTIZ, reiterando a Indicação nº 185/2021 que solicita a viabilização para a aquisição de uma máquina fotocopiadora (xerox) para a Secretaria Municipal de Saúde, exclusivamente para atender usuários do SUS de Nova Andradina.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -452,67 +452,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2601/ind_379_-_cida.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2717/ind_425_-_arion.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2718/ind_426_-_arion.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2601/ind_379_-_cida.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2717/ind_425_-_arion.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2718/ind_426_-_arion.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="39.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>