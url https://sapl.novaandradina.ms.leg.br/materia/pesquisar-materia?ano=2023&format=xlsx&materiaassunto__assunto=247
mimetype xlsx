--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -54,135 +54,135 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2809</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>GABRIELA DELGADO, DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2809/requerimento_133_-_gabi_-.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2809/requerimento_133_-_gabi_-.pdf</t>
   </si>
   <si>
     <t>REQUER A MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, requerendo informações referentes à implantação de luminárias no canteiro central do prolongamento da Avenida Eurico Soares Andrade, entre a Rua Antônio Duarte até à Rotatória da Rodovia MS 473, na saída para o Instituto Federal: Qual a previsão para funcionamento da iluminação nessa extensão?</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>GABRIELA DELGADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1900/ind_27_-_gabriela.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1900/ind_27_-_gabriela.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA Á MESA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário de Infraestrutura Sr. JÚLIO CÉSAR CASTRO MARQUES e ao Secretário de Serviços Públicos Sr. ROBERTO GINELL, solicitando estudos para que seja feita uma rotatória  na Av. Dilson Casarotto no cruzamento da Av. Pedro Cassimiro da Motta com a Rua Nova Andradina no  Distrito de Nova Casa Verde – Nova Andradina/MS</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO, JOSENILDO CEARÁ</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2385/ind_276_-_deildo_e_ceara.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2385/ind_276_-_deildo_e_ceara.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, ao Diretor Executivo de Assessoramento da AGESUL, Sr. HUMBERTO HENRIQUE TEIXEIRA SALES, e ao Superintendente Regional do DNIT (Departamento Nacional de Infraestrutura e Trânsito) no Estado de Mato Grosso do Sul, Sr. THIAGO CARIM BUCKER, solicitando os seguintes serviços para a BR 376:_x000D_
 a)	Rotatória na Entrada do Assentamento Santa Olga na BR 376;_x000D_
 b)	Redutores de Velocidade nas proximidades da Entrada do Assentamento Santa Olga (Ambos os Sentidos de Tráfego).</t>
   </si>
   <si>
     <t>2708</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO, LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2708/ind_421_-_deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2708/ind_421_-_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES, solicitando estudos para melhoria na estrutura e ambiente de trânsito nas Rotatórias do Bairro Portal do Parque, nos seguintes trechos:_x000D_
 a)	Avenida Masahiko Azuma com a Avenida André Moya Perez;_x000D_
 b)	Avenida André Moía Perez com a Odilon Ribeiro dos Santos (Estrada Boiadeira).</t>
   </si>
   <si>
     <t>2824</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2824/ind_470_deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2824/ind_470_deildo.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, SR. JOSÉ GILBERTO GARCIA, com cópia ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, ao Secretário Municipal de Serviços Públicos, SR. ROBERTO GINELL e ao Diretor do Departamento Municipal de Trânsito (DEMTRAN), Sr. JOSÉ AUGUSTO SOBRINHO, Reiterando a Indicação nº 413/2021 e 342/2022, solicitando que sejam tomadas providências de Reorganização na Rotatória dentro do Bairro Portal do Parque, com:_x000D_
 a)	recuando a meia Lua quando o destino dos trafegantes com veículos motorizados procedem da Avenida Masahiko Azuma 2ª. Fase;_x000D_
 b)	viabilizando meios que interditem a possibilidade dos trafegantes da Avenida Henrique Pasmanik adentrarem a Avenida André Moya Perez sentido Estádio Municipal Luiz Soares Andrade, tomando via de contramão</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO, CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2858/ind_480_-_deildo_e_cida.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2858/ind_480_-_deildo_e_cida.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, solicitando que sejam realizados estudos para que, no perímetro do anel viário, saindo do Bairro Universitário, cerca de 300 a 500 metros após a rotatória possa ser implantada uma entrada para o Bairro Portal do Parque.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -489,67 +489,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2809/requerimento_133_-_gabi_-.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1900/ind_27_-_gabriela.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2385/ind_276_-_deildo_e_ceara.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2708/ind_421_-_deildo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2824/ind_470_deildo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2858/ind_480_-_deildo_e_cida.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2809/requerimento_133_-_gabi_-.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1900/ind_27_-_gabriela.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2385/ind_276_-_deildo_e_ceara.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2708/ind_421_-_deildo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2824/ind_470_deildo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2858/ind_480_-_deildo_e_cida.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="47.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>