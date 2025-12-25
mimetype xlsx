--- v0 (2025-10-18)
+++ v1 (2025-12-25)
@@ -51,162 +51,162 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>LEANDRO FERREIRA LUIZ FEDOSSI, ALEMÃO DA SEMENTE - PSDB, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO - PSDB, DR. SANDRO - MDB, FABIO ZANATA - MDB, GABRIELA DELGADO - MDB, JOÃO DAN - PDT, JOSENILDO CEARÁ - PT, MÁRCIA LOBO - PODE, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA - UNIÃO</t>
+    <t>LEANDRO FERREIRA LUIZ FEDOSSI, ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSENILDO CEARÁ, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1925/requerimento_09_-_leandro_e_subscritos.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário REQUER A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATOS e ao Secretário Municipal de Saúde, Sr. HERNANDES ORTIZ, com cópia ao Subsecretário de Saúde, Sr. LUIZ EDUARDO DE PAULA GONÇALVES, à Secretaria de Assistência Social e Cidadania, Sra. DELMA PRADO GONÇALVES e ao Diretor da AGEHAB-Nova Andradina, Sr. LUCIANO LEAL DE SOUSA, e de acordo com à C.I nº. 002/2023 (Em Anexo) da ESF Morada do Sol, de 01 de fevereiro de 2023, solicitarmos a seguinte informação:_x000D_
 a)	Quais providências foram tomadas mediante ao pedido de Intervenção no que tange às condições dos residentes ao Condomínio do Idoso no município de Nova Andradina-MS?</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>ALEMÃO DA SEMENTE - PSDB</t>
+    <t>ALEMÃO DA SEMENTE</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1981/requerimento_21_-_alemao_arion_e_cida.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes depois de terem ouvido o Plenário REQUER A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Assistência Social, Sra. DELMA PRADO CAVALCANTE, tendo como referência a Indicação 355/2021 em que a mesma solicita “possível empenho de Emenda Parlamentar no valor de R$300.000,00 (trezentos mil reais), para construção da sala acústica no Prédio da BANDA MARCIAL MUNICIPAL GETÚLIO VARGAS, em sua unidade localizada a Rua Ineri Perigo, 674 - Bairro Horto Florestal”, portanto, venho requerer as seguintes informações:_x000D_
 a)	A Emenda Parlamentar do Deputado Federal Dagoberto Nogueira já foi depositada em conta do Município de Nova Andradina-MS, com destino a construção da sala acústica no Prédio da BANDA MARCIAL MUNICIPAL GETÚLIO VARGAS? Se sim – favor enviar extrato da conta;_x000D_
 b)	Considerando que esse valor esteja depositado na conta do município com a destinação mencionada: como está o processo para viabilização, construção e execução da sala acústica no Prédio da BANDA MARCIAL MUNICIPAL GETÚLIO VARGAS?</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB</t>
+    <t>GABRIELA DELGADO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2294/requerimento_66_-_gabriela.pdf</t>
   </si>
   <si>
     <t>A Vereadora a esta subscreve nos termos regimentais vigentes depois de ouvido o Plenário REQUER À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Procurador Geral do Município, Sr. DANIEL DE OLIVEIRA BASTOS, e a Secretária Municipal de Cidadania e Assistência Social, Sra. DELMA PRADO CAVALCANTE, solicitando as seguintes informações sobre a Semana Municipal do Primeiro Emprego, instituída pela Lei Municipal n° 1.679, de 19 de maio de 2022: _x000D_
 _x000D_
 A.	Houve alguma atividade relacionada a semana do primeiro emprego? Se sim qual? Enviar listagem coma as atividades desenvolvidas._x000D_
 B.	  Existe alguma parceria fechada para a realização da mesma? Com as empresas locais e com os órgãos Municipais, Estaduais e Federal? _x000D_
 C.	 Há alguma programação para que em 2024 seja realizado mais ações, como palestras, visitas técnicas dias de campo entre outras atividades que possam estreitar o laço entre os contratantes e nossa juventude?</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>MÁRCIA LOBO - PODE, CIDA DO ZÉ BUGRE - PODE, GABRIELA DELGADO - MDB</t>
+    <t>MÁRCIA LOBO, CIDA DO ZÉ BUGRE - PODE, GABRIELA DELGADO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2326/requerimento_70_-_marcia_cida_e_gabriela.pdf</t>
   </si>
   <si>
     <t>As Vereadoras a esta subscrevem nos termos regimentais vigentes depois de ouvido o Plenário, REQUEREM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e a Secretária de Cidadania e Assistência Social, Sra. DELMA PRADO, requerem informações sobre a viagem de lazer para os idosos integrantes do Centro de Convivência Aparecida Mourão – CONVIVER em consonância com a lei 1689 de 14 de julho de 2022 denominada de “Projeto Pé na Estrada: Lá Vamos Nós”._x000D_
 a)	Existe alguma viagem sendo organizada baseada nesse projeto?_x000D_
 b)	Se sim, solicitamos os editais publicados a respeito, conforme previsto no Art. 6º §3º_x000D_
 *Enviar documentos comprobatórios;</t>
   </si>
   <si>
     <t>2697</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>MÁRCIA LOBO - PODE</t>
+    <t>MÁRCIA LOBO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2697/requerimento_114_-_marcia_lobo.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário REQUER A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e a Secretaria de Cidadania e Assistência Social, Sra. DELMA PRADO, solicitando informações sobre a coordenadoria do Conselho tutelar de Nova Andradina._x000D_
 a)	Quais conselheiras foram coordenadoras nos últimos 4 anos?_x000D_
 b)	Existe gratificação para o cargo de coordenadoria? Se sim, qual o valor?_x000D_
 c)	Qual o valor de horas extras pagas as coordenadoras no último ano?_x000D_
 d)	E enviar cópia do ponto biométrico dos últimos 6 meses._x000D_
 *enviar documentos comprobatórios (digital)</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1869/ind_06_-_cida.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e a Secretário Municipal de Cidadania e Assistência Social – SEMCIAS, Sra. DELMA PRADO CAVALCANTE, solicitando que seja viabilizado estudo para implantação do CENTRO POP (Centro de Referência Especializado para População em Situação de Rua) no município de Nova Andradina MS.</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>DEILDO PISCINEIRO - PSDB</t>
+    <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1875/indicacao_-_quadra_esportiva_do_conviver.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES e a Secretária Municipal de Assistência Social, DELMA PRADO CAVALCANTE, solicitando a Implantação de Quadra Esportiva no Perímetro/Espaço do Centro de Convivência do Idoso (Conviver).</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1899/ind_26_-_gabriela.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA Á MESA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e a Secretária de Assistência Social do Município Sra. DELMA PRADO CAVALCANTE, solicitando os “PROGRAMAS: OFICINA DOS SONHOS E CRIANÇA FELIZ” para atender o Distrito de Nova Casa Verde – Nova Andradina/MS.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>51</t>
   </si>
@@ -241,66 +241,66 @@
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2053/ind_104_-_cida.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e a Secretaria Municipal de Assistência Social e Cidadania, Sra. DELMA PRADO CAVALCANTE, solicitando a regulamentação do Conselho Municipal dos Direitos da Juventude - ( CMDJ ), conforme Decreto Municipal Nº 3.015 de 10 de Maio de 2022.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2058/ind_107_-_gabriela.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA Á MESA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, a Secretária de Assistência Social do Município Sra. DELMA PRADO CAVALCANTE, reiterando a Indicação Nº 469/2021, solicitando que seja criado o Programa Leite Cidadão, no Município de Nova Andradina.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>WILSON ALMEIDA - UNIÃO</t>
+    <t>WILSON ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2158/ind_159_-_wilson.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Deputado Estadual Sr. JAMILSON NAME e a Secretária Municipal De Cidadania E Assistência Social Sra. DELMA PRADO CAVALCANTE. Solicitando uma emenda parlamentar no importe de R$ 80.000,00 (oitenta) mil reais para aquisição de um veículo para uso na Secretaria de Assistência Social.</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>MÁRCIA LOBO - PODE, GABRIELA DELGADO - MDB</t>
+    <t>MÁRCIA LOBO, GABRIELA DELGADO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2188/ind_178_-_marcia_lobo_e_gabriela.pdf</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, a Secretária Municipal de Educação, Cultura e Esportes, Sra. GIULIANA MASCULI POKRYWIECKI e a Secretária de Cidadania e Assistência Social, Sra. DELMA PRADO solicitando a disponibilização de um educador físico, no período noturno, tendo disponibilidade para atender o projeto Damas da Bola e todas as mulheres na quadra Poliesportiva do Centro Esportivo de Nova Casa Verde.</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2252/ind_213_-_cida.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, SR. JOSÉ GILBERTO GARCIA e a Secretária Municipal de Cidadania e Assistência Social – SEMCIAS,  SRA. DELMA PRADO CAVALCANTE, reiterando a indicação nº 105/2021, que solicita a viabilização e adequação da instalação elétrica para funcionamento dos aparelhos de ar condicionado no Centro Municipal da Juventude Municipal “Olívio Paro Dan”.</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
     <t>220</t>
   </si>