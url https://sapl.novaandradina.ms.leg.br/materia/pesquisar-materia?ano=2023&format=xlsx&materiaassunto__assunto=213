--- v0 (2025-12-22)
+++ v1 (2026-03-28)
@@ -54,140 +54,140 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO</t>
   </si>
   <si>
     <t>JOSÉ GILBERTO GARCIA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2204/projeto_de_lei_ordinaria_no._1_de_5_de_maio_de_2023.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2204/projeto_de_lei_ordinaria_no._1_de_5_de_maio_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de diárias para indenização de despesas com hospedagem, alimentação e locomoção urbana em viagens dos agentes públicos do Poder Executivo de Nova Andradina, e dá outras providências</t>
   </si>
   <si>
     <t>2501</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, FABIO ZANATA, LEANDRO FERREIRA LUIZ FEDOSSI, PEDRO SOARES - REPUBLICANOS</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2501/projeto_de_lei_no._45_mesa.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2501/projeto_de_lei_no._45_mesa.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº. 45, de 11 de Agosto de 2023 que Dispõe sobre o pagamento de diárias para indenização de despesas com hospedagem, alimentação e locomoção urbana em viagens dos agentes políticos do Poder Executivo de Nova Andradina, e dá outras providências.</t>
   </si>
   <si>
     <t>2668</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2668/projeto_de_lei_no._50.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2668/projeto_de_lei_no._50.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº. 50, de 20 de Setembro 2023_x000D_
 Altera a lei n. 1.107, de 05 de março de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>MÁRCIA LOBO, CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2216/requerimento_55_-_marcia_e_cida.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2216/requerimento_55_-_marcia_e_cida.pdf</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem nos termos regimentais vigentes depois de ter ouvido o Plenário REQUER A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário de Saúde, Sr. HERNADES ORTIZ, solicitando informações sobre o hotel que abriga os pacientes de Nova Andradina na cidade de Campo Grande._x000D_
 a)	Qual é a média de pacientes de Nova Andradina que se hospedam no hotel por mês?_x000D_
 b)	Qual o valor da diária?_x000D_
 c)	O Serviço do hotel foi contratado por meio de licitação? Se sim enviar cópia do processo licitatório.</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>DR. SANDRO - MDB</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2538/requerimento_89_-2023-subscritos_1.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2538/requerimento_89_-2023-subscritos_1.pdf</t>
   </si>
   <si>
     <t>REQUEREM À MESA DIRETORA, que o Projeto abaixo discriminado seja considerado em REGIME DE URGÊNCIA ESPECIAL, entrando na presente Sessão Ordinária em 1ª discussão e votação, dispensando as normas regimentais em contrário: _x000D_
 PROJETO DE LEI Nº. 17, de 16 de Agosto de 2023 que Dispõe sobre o acréscimo do artigo 2º-A e seus §§1º, 2º e 3º à Lei 1739/2023, e dá outras providências.</t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL, MÁRCIA LOBO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2650/requerimento_108_-arion.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2650/requerimento_108_-arion.doc</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 _x000D_
 O Vereador que a esta subscreve nos termos regimentais vigentes depois de ouvido o Plenário REQUER À MESA DIRETORA, que seja encaminhado expediente ao Exmo. Sr.  Prefeito Municipal, José Gilberto Garcia, e ao Secretário Municipal de Saúde, Sr. Hernandes Ortiz, requerendo relação das viagens e diárias pagas para fora do estado no 1º semestre de 2023 e cópias dos relatórios dessas viagens, em arquivo digital.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -496,67 +496,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2204/projeto_de_lei_ordinaria_no._1_de_5_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2501/projeto_de_lei_no._45_mesa.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2668/projeto_de_lei_no._50.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2216/requerimento_55_-_marcia_e_cida.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2538/requerimento_89_-2023-subscritos_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2650/requerimento_108_-arion.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2204/projeto_de_lei_ordinaria_no._1_de_5_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2501/projeto_de_lei_no._45_mesa.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2668/projeto_de_lei_no._50.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2216/requerimento_55_-_marcia_e_cida.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2538/requerimento_89_-2023-subscritos_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2650/requerimento_108_-arion.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="123.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="132.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="131.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>