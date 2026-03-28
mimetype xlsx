--- v0 (2025-12-22)
+++ v1 (2026-03-28)
@@ -54,66 +54,66 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2539/ind_349_-_cida_.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2539/ind_349_-_cida_.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Diretor Presidente da Energisa de Mato Grosso do Sul, Sr. MARCELO VINHAES MONTEIRO e ao Supervisor de Construção e Manutenção da ENERGISA de Nova Andradina, Sr. EMERSON SEIXAS COSTA, solicitando estudos para viabilidade de implementar um polo de atendimento da Energisa Mato Grosso Do Sul - Distribuidora de Energia S.A. no Distrito Nova Casa Verde.</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2573/ind_365_-_deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2573/ind_365_-_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, ao Diretor Presidente da ENERGISA, Dr. MARCELO VINHAES MONTEIRO e ao Supervisor de Construção e Manutenção da ENERGISA de Nova Andradina, Sr. NEREU CORREIA, solicitando a Implantação de Rede de Energia no Bairro Primavera, localizado ao lado do Velório Municipal no Distrito de Nova Casa Verde, município de Nova Andradina-MS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -420,67 +420,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2539/ind_349_-_cida_.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2573/ind_365_-_deildo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2539/ind_349_-_cida_.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2573/ind_365_-_deildo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>