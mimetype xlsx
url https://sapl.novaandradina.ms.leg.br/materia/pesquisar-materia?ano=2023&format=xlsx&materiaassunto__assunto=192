--- v0 (2025-10-22)
+++ v1 (2026-02-05)
@@ -51,192 +51,192 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2750</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>JOSENILDO CEARÁ - PT</t>
+    <t>JOSENILDO CEARÁ</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2750/requerimento__ceara.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve REQUER A MESA DIRETORA, nos termos regimentais vigentes, que seja encaminhado expediente ao Prefeito Municipal SR. JOSE GILBERTO GARCIA, ao Secretário Municipal de Saúde, Sr. HERNANDES ORTIZ, com cópia ao Diretor do Hospital Regional, Francisco Dantas Maniçoba, Sr. MÁRCIO SOARES, solicitando informações sobre o Pregão Presencial nº. 81/2023, que tem como Objeto, Aquisição de galões de água e serviços de manutenção corretiva nos bebedouros e fogões industriais para atender o Hospital Regional:_x000D_
 a)	Qual motivo da antecipação do Pregão que estava marcado para o dia 16/10/2023 e aconteceu no dia 04/10/2023?_x000D_
 b)	Valor Global do Último Certame e do atual? Enviar cópia dos contratos capa a capa._x000D_
 c)	Já houve homologação do Pregão?</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1966/ind__65_-_leandro.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura JÚLIO CESAR CASTRO MARQUES e Serviços Públicos, Sr. ROBERTO GINEL, solicitando para a Praça Geraldo Mattos Lima instalação de bebedouro para uso público.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>WILSON ALMEIDA - UNIÃO</t>
+    <t>WILSON ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1979/ind_70_-_wilson.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando realização de estudos para implantação de bebedouros contendo água potável legada nas principais praças da cidade.</t>
   </si>
   <si>
     <t>2498</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>JOÃO DAN - PDT, FABIO ZANATA - MDB, GABRIELA DELGADO - MDB, JOSENILDO CEARÁ - PT</t>
+    <t>JOÃO DAN - PDT, FABIO ZANATA, GABRIELA DELGADO, JOSENILDO CEARÁ</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2498/ind_330_-_joao_dan.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, REITERANDO a indicação nº 296/2022, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Infraestrutura, SR. JÚLIO CÉZAR CASTRO MARQUES e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que providencie um estudo para implantação de alambrado em volta do campo de futebol, banheiros com vestuários e bebedouros de água no campo de futebol localizado entre o recinto Dilson Casarotto e caixa d’agua da Sanesul em Nova Casa Verde.</t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>ALEMÃO DA SEMENTE - PSDB, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO - PSDB, DR. SANDRO - MDB, FABIO ZANATA - MDB, GABRIELA DELGADO - MDB, JOÃO DAN - PDT, JOSENILDO CEARÁ - PT, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO - PODE, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA - UNIÃO</t>
+    <t>ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2499/ind_331_-_joao_dan_e_subscritos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o plenário, INDICAM Á MESA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Infraestrutura, SR. JÚLIO CÉZAR CASTRO MARQUES e ao Secretário Municipal de Serviços, SR. ROBERTO GINELL, solicitando que providencie um estudo para a implantação de banheiros e bebedouros de água e uma quadra de vôlei de areia ao lado da Arena Esportiva em Nova Casa Verde.</t>
   </si>
   <si>
     <t>2517</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>MÁRCIA LOBO - PODE</t>
+    <t>MÁRCIA LOBO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2517/ind_341_-_marcia_lobo_.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Saúde, Sr. HERNANDES ORTIZ, indicando que seja tomado providências em relação ao bebedouro da Clínica da Mulher. *fotos em anexo.</t>
   </si>
   <si>
     <t>2627</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2627/ind_387_-_marcia.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Saúde, Sr. HERNANDES ORTIZ, indicando que seja realizado a revisão e limpeza de todos os bebedouros prédios de responsabilidade da Secretaria de Saúde e a colocação de bebedouros com filtros nos locais que não possuem.</t>
   </si>
   <si>
     <t>2657</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>FABIO ZANATA - MDB, LEANDRO FERREIRA LUIZ FEDOSSI</t>
+    <t>FABIO ZANATA, LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2657/ind_403_-_leandro_-_fabio_zanata.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES, solicitando a Implantação de um Bebedouro de água próximo ao Campo de Futebol Society, que está sendo denominado, Sandro Yoshihara (Arena de Gramado Sintético) no Centro de Evento José Antônio Zanqueta.</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2791/ind_456_-_cida.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e a Secretária Municipal de Assistência Social e Cidadania, Sra. DELMA PRADO CAVALCANTE, solicitando que sejam viabilizadas para melhoria das condições de trabalho e atendimento no Procon Municipal de Nova Andradina – PROCON-NA, as seguintes demandas: Aquisição de 01 Bebedouro industrial e Bicicletário adequando em local apropriado.</t>
   </si>
   <si>
     <t>2936</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>ARION AISLAN DE SOUSA - PL, GABRIELA DELGADO - MDB</t>
+    <t>ARION AISLAN DE SOUSA - PL, GABRIELA DELGADO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2936/ind_502_-_arion_-_gabriela.pdf</t>
   </si>
   <si>
     <t>O Vereador e a Vereadora que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Sr. Prefeito Municipal, JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Saúde, Sr. HERNANDES ORTIZ, solicitando que sejam providenciados esforços para implantação de um bebedouro de água para o CAPS com capacidade de 100 litros.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>