--- v0 (2025-12-28)
+++ v1 (2026-03-25)
@@ -54,143 +54,143 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2522</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO, LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2522/requerimento_88_-deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2522/requerimento_88_-deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, e ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATOS, solicitando as seguintes informações:_x000D_
 a)	Quais serviços estão sendo realizados nos Postos de Visitas para águas pluviais nas vias públicas de Nova Andradina-MS?;_x000D_
 b)	Qual é a empresa contratada e responsável para realizar os serviços nos Postos de Visitas no município?_x000D_
 c)	Qual o motivo de após a conclusão dos serviços nos Postos de Visitas o tampão não ser protegido com pavimento asfáltico e sim com o Concreto?</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE, MÁRCIA LOBO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2810/requerimento_134_cida.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2810/requerimento_134_cida.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário, REQUER A MESA DIRETORA, que seja encaminhado expediente ao Prefeito_x000D_
 Municipal, Sr. JOSÉ GILBERTO GARCIA e à Secretária Municipal de Meio Ambiente e_x000D_
 Desenvolvimento, Sra. JULIANA LOPES, solicitando, dentro do prazo legal, encaminhar a esta Casa as seguintes informações referentes ao número de nascentes aquíferas existentes no município, bem como o mapeamento e a localização dessas nascentes._x000D_
 1. Quantas nascentes aquíferas existem no município de Nova Andradina, MS?_x000D_
 2. Existe algum mapeamento ou registro das localizações dessas nascentes?_x000D_
 3. Quais são as medidas adotadas pelo município para a preservação e proteção dessas nascentes?_x000D_
 4. Existe algum programa ou campanha de conscientização ambiental voltado para a preservação das nascentes aquíferas?_x000D_
 5. O município fornece apoio ou incentivo para o plantio de árvores nativas em torno das nascentes? Se sim, como posso participar desse programa?_x000D_
 6. Quais são as ações planejadas ou em andamento para combater as mudanças climáticas e minimizar os impactos no meio ambiente em Nova Andradina, especialmente nas áreas rurais?</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>JOÃO DAN - PDT</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1864/ind_01_-_joao_dan.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1864/ind_01_-_joao_dan.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, SR. JOSÉ GILBERTO GARCIA e ao gerente regional da Sanesul, SR. JAIR RIBEIRO, solicitando que providencie a ligação de água e torneiras para a Arena Esportiva de Nova Casa Verde para o uso dos moradores que ali que frequentam.</t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2499/ind_331_-_joao_dan_e_subscritos.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2499/ind_331_-_joao_dan_e_subscritos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o plenário, INDICAM Á MESA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Infraestrutura, SR. JÚLIO CÉZAR CASTRO MARQUES e ao Secretário Municipal de Serviços, SR. ROBERTO GINELL, solicitando que providencie um estudo para a implantação de banheiros e bebedouros de água e uma quadra de vôlei de areia ao lado da Arena Esportiva em Nova Casa Verde.</t>
   </si>
   <si>
     <t>2701</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>FABIO ZANATA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2701/ind_416_-_fabio_zanata.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2701/ind_416_-_fabio_zanata.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e a secretária municipal de educação, cultura e esporte Sra. GIULIANA MASCULI POKRYWIEKI, solicitando que seja adaptado a Praça Geraldo Mattos Lima, com pontos de água e luz  para acolher os turistas que viajam de trailer e motorhome, enquanto o viajante conhece o município e trafega pelo estado.</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2813/ind_465_deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2813/ind_465_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA Á MESA, que seja encaminhado expediente ao Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINEL solicitando a implantação de tela para escoamento de água entre a faixa de elevação e a calçada, localizada na Rua Luiz Cláudio Josué, 187, em frente à Escola Luiz Claudio Josué, Distrito de Nova Casa Verde, município de Nova Andradina – MS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -497,67 +497,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2522/requerimento_88_-deildo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2810/requerimento_134_cida.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1864/ind_01_-_joao_dan.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2499/ind_331_-_joao_dan_e_subscritos.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2701/ind_416_-_fabio_zanata.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2813/ind_465_deildo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2522/requerimento_88_-deildo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2810/requerimento_134_cida.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1864/ind_01_-_joao_dan.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2499/ind_331_-_joao_dan_e_subscritos.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2701/ind_416_-_fabio_zanata.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2813/ind_465_deildo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="111.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="110.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>