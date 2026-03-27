--- v0 (2025-12-24)
+++ v1 (2026-03-27)
@@ -54,219 +54,219 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2699</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2699/requerimento_116_-_cida.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2699/requerimento_116_-_cida.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário, REQUER A MESA DIRETORA, que seja encaminhado expediente ao Prefeito_x000D_
 Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Saúde, Sr. HERNANDES ORTIZ e a Secretária Municipal de Assistência Social e Cidadania, Sra. DELMA PRADO CAVALCANTE, solicitando dentro do prazo legal, encaminhar a esta Casa as seguintes informações referente à situação dos nossos idosos.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>MÁRCIA LOBO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2059/ind_108_-_marcia_lobo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2059/ind_108_-_marcia_lobo.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário de Finanças, Sr. EMERSON NANTES DE MATTOS e a Diretora-Presidente da Agência de Habitação Sra. MARIA DO CARMO AVESANI LOPEZ, solicita a construção de 4 (quatro) unidades habitacionais para a ampliação do condomínio do idoso.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2120/ind_139_-_marcia_lobo_e_gabriela.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2120/ind_139_-_marcia_lobo_e_gabriela.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário de Finanças e Gestão, Sr. EMERSON NANTES DE MATTOS e a Diretora-Presidente da Agência de Habitação Sra. MARIA DO CARMO AVESANI LOPEZ, solicita o estudo para a criação do condomínio do idoso no distrito de Nova Casa Verde.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2174/ind_169_-_deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2174/ind_169_-_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal de Nova Andradina-MS, Sr. JOSÉ GILBERTO GARCIA, a Secretária Municipal de Assistência Social, DELMA PRADO CAVALCANTE, solicitando Elaboração de por meio do Centro de Convivência do Idoso (Conviver) no intuito de Realizar Visitação ao Bioparque Pantanal (Aquário Estadual).</t>
   </si>
   <si>
     <t>2451</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2451/ind_298_cidaarion.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2451/ind_298_cidaarion.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal de Nova Andradina-MS, Sr. JOSÉ GILBERTO GARCIA, a Secretária Municipal de Assistência Social, Sra. DELMA PRADO CAVALCANTE, a Secretária Municipal de Meio Ambiente e Desenvolvimento Integrado, Sra. JULIANA LOPES e ao Secretário Municipal de Saúde, SR. HERNADES ORTIZ, solicitando para que estude a possibilidade de ser disponibilizado curso gratuito de capacitação de cuidadores de idosos, ministrado por profissionais com especialização em gerontologia, fisioterapia, enfermagem, nutrição, psicologia, assistência social e terapia ocupacional no município.</t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>MÁRCIA LOBO, ARION AISLAN DE SOUSA - PL, GABRIELA DELGADO, LEANDRO FERREIRA LUIZ FEDOSSI, PEDRO SOARES - REPUBLICANOS</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2484/ind_317_-_marcia_lobo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2484/ind_317_-_marcia_lobo.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATOS, indicando a solicitação junto a AGEHAB para a criação de convênio para a construção 04 unidades habitacionais no condomínio do idoso, conforme resposta a indicação 108/2023.</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>JOSENILDO CEARÁ</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2519/ind_342_-_ceara.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2519/ind_342_-_ceara.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Saúde, Sr. HERNANDES ORTIZ, a Secretária Municipal de Assistência Social e Cidadania, Sra. DELMA PRADO CAVALCANTE, baseado no “Projeto de Lei do Senado (PLS) 72/2018, do senador Paulo Paim (PT-RS)” e que tornou-se a “Lei Federal Nº. 14.423, de 22 de julho de 2022”, solicito a Elaboração de Projeto para Implantação de Creche do Idoso no Município de Nova Andradina-MS.</t>
   </si>
   <si>
     <t>2705</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE, GABRIELA DELGADO, MÁRCIA LOBO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2705/ind_418_-cida_do_ze_-_bugre_gabriela__-_marcia.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2705/ind_418_-cida_do_ze_-_bugre_gabriela__-_marcia.pdf</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Saúde, Sr. HERNANDES ORTIZ e a Secretária Municipal de Assistência Social e Cidadania, Sra. DELMA PRADO CAVALCANTE, solicitando que o chefe do poder executivo encaminhe projeto de lei dispondo sobre a criação de um programa de envelhecimento ativo e saúde da pessoa idosa no âmbito do município de Nova Andradina, conforme modelo de projeto de lei anexo.</t>
   </si>
   <si>
     <t>2725</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2725/ind_433-_deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2725/ind_433-_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA Á MESA, que seja encaminhado expediente ao Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CESAR CASTRO MARQUES, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINEL, Reiterando a Indicação nº 168/2022, solicitando cobertura na academia ao ar livre do Centro de Convivência do Idoso (Conviver), do município de Nova Andradina</t>
   </si>
   <si>
     <t>2903</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>GABRIELA DELGADO, CIDA DO ZÉ BUGRE - PODE, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2903/ind_491_gabi_marcia_cida_leandro.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2903/ind_491_gabi_marcia_cida_leandro.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Diretor responsável pela AGENOVA, Sr. LUCIANO LEAL e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, reiterando a Indicação nº. 249/2022 de 04 de agosto de 2022, para que seja efetuado:_x000D_
  a) O serviço de reparação nas fossas sépticas. _x000D_
  b) Solicitando que seja instalado barras de segurança nos banheiros das residências do Condômino do Idoso._x000D_
  c) Implantação de câmeras de segurança no condomínio.</t>
   </si>
   <si>
     <t>2904</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2904/indicacao_limpeza_e_rocada_condominio_dos_idosos.docx</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2904/indicacao_limpeza_e_rocada_condominio_dos_idosos.docx</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 _x000D_
 O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Sr.  Prefeito Municipal, JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINEL, solicitando que sejam providenciados roçada e limpeza do pátio do Condomínio dos Idosos.</t>
   </si>
   <si>
     <t>2910</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>MÁRCIA LOBO, DEILDO PISCINEIRO, JOSENILDO CEARÁ</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2910/ind_494_marcia.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2910/ind_494_marcia.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Infraestrutura, SR. JÚLIO CESAR CASTRO MARQUES, solicitando agilidade na limpeza das calhas do Centro de Convivência do Idoso.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -573,67 +573,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2699/requerimento_116_-_cida.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2059/ind_108_-_marcia_lobo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2120/ind_139_-_marcia_lobo_e_gabriela.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2174/ind_169_-_deildo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2451/ind_298_cidaarion.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2484/ind_317_-_marcia_lobo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2519/ind_342_-_ceara.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2705/ind_418_-cida_do_ze_-_bugre_gabriela__-_marcia.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2725/ind_433-_deildo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2903/ind_491_gabi_marcia_cida_leandro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2904/indicacao_limpeza_e_rocada_condominio_dos_idosos.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2910/ind_494_marcia.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2699/requerimento_116_-_cida.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2059/ind_108_-_marcia_lobo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2120/ind_139_-_marcia_lobo_e_gabriela.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2174/ind_169_-_deildo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2451/ind_298_cidaarion.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2484/ind_317_-_marcia_lobo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2519/ind_342_-_ceara.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2705/ind_418_-cida_do_ze_-_bugre_gabriela__-_marcia.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2725/ind_433-_deildo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2903/ind_491_gabi_marcia_cida_leandro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2904/indicacao_limpeza_e_rocada_condominio_dos_idosos.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2910/ind_494_marcia.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="117.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="130.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="130" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>