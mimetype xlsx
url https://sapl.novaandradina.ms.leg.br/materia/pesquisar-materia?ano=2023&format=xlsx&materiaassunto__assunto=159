--- v0 (2025-10-20)
+++ v1 (2025-12-24)
@@ -51,91 +51,91 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>FABIO ZANATA - MDB</t>
+    <t>FABIO ZANATA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2562/ind_361_-_fabio.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de infraestrutura, Sr. JULIO CESAR CASTRO MARQUES e ao secretário municipal de serviços públicos Sr. ROBERTO GINELL, solicitando que seja realizado estudos com a finalidade realizar os seguintes reparos na Rua Marechal Rondon, nas proximidades da Escola Estadual Luiz Carlos Sampaio;_x000D_
 _x000D_
 •	Calçadas e guias (meio-fio)._x000D_
 •	 Instalação de um poste com luminária no cruzamento da rua Marechal Rondon e a Rua Paraná._x000D_
 •	 Reparo ou troca das grades de proteção dos bueiros (Boca de lobo).</t>
   </si>
   <si>
     <t>2585</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>CIDA DO ZÉ BUGRE - PODE, GABRIELA DELGADO - MDB, WILSON ALMEIDA - UNIÃO</t>
+    <t>CIDA DO ZÉ BUGRE - PODE, GABRIELA DELGADO, WILSON ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2585/ind_372_-_cida__gabriela.pdf</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que seja viabilizada reforma, manutenção e construção na Praça Cândido Fructuoso de Mattos do Bairro Durval Andrade Filho e na Praça Wilson Fabrício de Matos do Bairro Argemiro Ortega, que apresentam os seguintes problemas:_x000D_
 a) Reparos das telas das grades dos alambrados_x000D_
 b) Consertos e pinturas dos brinquedos dos Parques Infantis _x000D_
 c) Manutenção dos equipamentos da academia ao ar livre_x000D_
 d) Pintura da arquibancada_x000D_
 e) Limpeza e corte dos gramados_x000D_
 f) Cobertura da quadra na Praça do Durval A. Filho.</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>DEILDO PISCINEIRO - PSDB</t>
+    <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2614/ind_383_-_deildo_.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, e ao Gerente Regional da SANESUL, Sr. JAIR RIBEIRO DE OLIVEIRA, solicitando o reparo imediato das aberturas no asfalto feitas pela SANESUL, na implantação do esgoto na Rua da Saudade, nas imediações do Conviver, município de Nova Andradina – MS.</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2653/ind_402_-_leandro.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, SR. ROBERTO GINEL,  solicitando reparos urgentes de limpeza de Boca de Lobo nas Avenidas Alcides M. de Farias cruzamento com a Avenida Antônio J. de M. Andrade e também nas Ruas Milton Modesto cruzamento com a Rua Melvin Jones._x000D_
 Solicito também que seja feito reparos na guia e serviço de “Tapa Buraco” na Rua São Jose na altura do numero 664 onde esta o prédio da Câmara Municipal de Nova Andradina – MS.</t>
   </si>
   <si>
     <t>2664</t>
@@ -491,51 +491,51 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2562/ind_361_-_fabio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2585/ind_372_-_cida__gabriela.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2614/ind_383_-_deildo_.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2653/ind_402_-_leandro.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2664/ind_406_-_tomaz.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="71.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="58.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="104.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>