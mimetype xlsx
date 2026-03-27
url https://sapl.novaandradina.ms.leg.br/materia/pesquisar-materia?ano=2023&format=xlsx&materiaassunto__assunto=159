--- v1 (2025-12-24)
+++ v2 (2026-03-27)
@@ -54,122 +54,122 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>FABIO ZANATA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2562/ind_361_-_fabio.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2562/ind_361_-_fabio.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de infraestrutura, Sr. JULIO CESAR CASTRO MARQUES e ao secretário municipal de serviços públicos Sr. ROBERTO GINELL, solicitando que seja realizado estudos com a finalidade realizar os seguintes reparos na Rua Marechal Rondon, nas proximidades da Escola Estadual Luiz Carlos Sampaio;_x000D_
 _x000D_
 •	Calçadas e guias (meio-fio)._x000D_
 •	 Instalação de um poste com luminária no cruzamento da rua Marechal Rondon e a Rua Paraná._x000D_
 •	 Reparo ou troca das grades de proteção dos bueiros (Boca de lobo).</t>
   </si>
   <si>
     <t>2585</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE, GABRIELA DELGADO, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2585/ind_372_-_cida__gabriela.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2585/ind_372_-_cida__gabriela.pdf</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que seja viabilizada reforma, manutenção e construção na Praça Cândido Fructuoso de Mattos do Bairro Durval Andrade Filho e na Praça Wilson Fabrício de Matos do Bairro Argemiro Ortega, que apresentam os seguintes problemas:_x000D_
 a) Reparos das telas das grades dos alambrados_x000D_
 b) Consertos e pinturas dos brinquedos dos Parques Infantis _x000D_
 c) Manutenção dos equipamentos da academia ao ar livre_x000D_
 d) Pintura da arquibancada_x000D_
 e) Limpeza e corte dos gramados_x000D_
 f) Cobertura da quadra na Praça do Durval A. Filho.</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2614/ind_383_-_deildo_.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2614/ind_383_-_deildo_.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, e ao Gerente Regional da SANESUL, Sr. JAIR RIBEIRO DE OLIVEIRA, solicitando o reparo imediato das aberturas no asfalto feitas pela SANESUL, na implantação do esgoto na Rua da Saudade, nas imediações do Conviver, município de Nova Andradina – MS.</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2653/ind_402_-_leandro.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2653/ind_402_-_leandro.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, SR. ROBERTO GINEL,  solicitando reparos urgentes de limpeza de Boca de Lobo nas Avenidas Alcides M. de Farias cruzamento com a Avenida Antônio J. de M. Andrade e também nas Ruas Milton Modesto cruzamento com a Rua Melvin Jones._x000D_
 Solicito também que seja feito reparos na guia e serviço de “Tapa Buraco” na Rua São Jose na altura do numero 664 onde esta o prédio da Câmara Municipal de Nova Andradina – MS.</t>
   </si>
   <si>
     <t>2664</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>ANTONIO TOMAZ - REPUBLICANOS</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2664/ind_406_-_tomaz.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2664/ind_406_-_tomaz.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINEL, solicitando que seja feita reparação em um declínio (Afundamento) ocorrido na rua Artur da Costa e Silva entre as ruas Onofre Gonçalves Lopes e rua Batayporã.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -476,67 +476,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2562/ind_361_-_fabio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2585/ind_372_-_cida__gabriela.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2614/ind_383_-_deildo_.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2653/ind_402_-_leandro.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2664/ind_406_-_tomaz.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2562/ind_361_-_fabio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2585/ind_372_-_cida__gabriela.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2614/ind_383_-_deildo_.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2653/ind_402_-_leandro.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2664/ind_406_-_tomaz.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="58.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="103.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>