--- v0 (2025-12-27)
+++ v1 (2026-03-26)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2403</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2403/ind_282_-_deildo_leandro_e_marcia.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2403/ind_282_-_deildo_leandro_e_marcia.pdf</t>
   </si>
   <si>
     <t>Os Vereadores/as que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, ao Diretor Executivo de Assessoramento da AGESUL, Sr. HUMBERTO HENRIQUE TEIXEIRA SALES, e ao Superintendente Regional do DNIT (Departamento Nacional de Infraestrutura e Trânsito) no Estado de Mato Grosso do Sul, Sr. THIAGO CARIM BUCKER, solicitando estudos urgentes para a Instalação/Implantação de Redutores de Velocidade na BR 376, nos seguintes trechos do município de Nova Andradina-MS:_x000D_
 a)	Entrada e Saída do Parque Industrial “José Marques;_x000D_
 b)	Entrada e Saída do Frigorífico JBS;_x000D_
 c)	Entrada e Saída do Assentamento Santa Olga.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -408,67 +408,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2403/ind_282_-_deildo_leandro_e_marcia.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2403/ind_282_-_deildo_leandro_e_marcia.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="61.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="114.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="113.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>