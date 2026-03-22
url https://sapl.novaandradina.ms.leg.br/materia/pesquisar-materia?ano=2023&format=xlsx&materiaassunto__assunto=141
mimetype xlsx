--- v0 (2025-12-23)
+++ v1 (2026-03-22)
@@ -54,129 +54,129 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>JOÃO DAN - PDT</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1885/ind_17_-_joao_dan.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1885/ind_17_-_joao_dan.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, SR. JOSÉ GILBERTO GARCIA e a Secretária Municipal de Educação, Cultura e Esporte, SRA. GIULIANA MASCULI POKRYWIECKI, reiterando a indicação 036/2017 solicitando que providencie a instalação de uma CEINF (centro de educação infantil) no Distrito de Nova Casa Verde.</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2319/ind_249_-_arion.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2319/ind_249_-_arion.pdf</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINEL solicitando que seja providenciado um trafc calm na frente da nova CEINF Odila Carrara, no município de Nova Andradina-MS.</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2383/ind_274_-_cida.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2383/ind_274_-_cida.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, e a Secretária Municipal de Educação, Cultura e Esporte, Sra. GIULIANA MASCULI POKRYWIECKI, solicitando que seja vitalizado e expandido as seguintes necessidades do CEINF Luiz Carlos Sampaio sendo elas, Pintura e a Construção de mais salas de aula.</t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2474/ind_312_-_arion.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2474/ind_312_-_arion.pdf</t>
   </si>
   <si>
     <t>INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Saúde, Sr. HERNANDES ORTIZ, a Secretaria de Municipal de Assistência Social e Cidadania, Sr. DELMA PRADO CAVALCANTE, a Secretária Municipal de Meio Ambiente e Desenvolvimento Integrado, Sra. JULIANA LOPES, com cópia a Subsecretária de meio ambiente, Sra. CORNÉLIA NAGEL, solicitando que seja realizado, Mutirão de Atendimento de Serviços de Saúde,  Assistência Social e Meio Ambiente, fornecendo atendimentos diversos tais como os descritos abaixo._x000D_
 _x000D_
 a)	Consultas médicas com guias para exames laboratoriais, exames de glicemia, testes rápidos de diabetes, hepatite, hiv, entre outros, encaminhamentos para especialidades médicas, atendimentos odontológicos e oftalmológicos e todos os demais procedimentos que a Secretária Municipal de Saúde conseguir atender via atenção básica._x000D_
 _x000D_
 b)	Atendimento das equipes especializadas do CRAS e CREAS, fornecimento de serviços bá</t>
   </si>
   <si>
     <t>2492</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2492/ind_325.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2492/ind_325.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente a Deputada Federal. Sra. CAMILA BAZACHI JARA MARZOCHI - PT, a Deputada Estadual, Sra. GLEICE JANE BARBOSA – PT, Representada no município de Nova Andradina, pela Sra. CÉLIA DAN, ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Saúde, Sr. HERNANDEZ ORTIZ, solicitando Emenda Parlamentar para Aquisição de Unidade Móvel Itinerante com Consultório Odontológico e Médico (Imagem de exemplificação anexa) estruturados em veículos devidamente adaptados e equipados para o desenvolvimento de ações de atenção à saúde a serem realizadas por Equipes de Saúde vinculadas às Equipes da Estratégia de Saúde da Família a fim de atender Pacientes na Zona Rural do Município de Nova Andradina-MS.</t>
   </si>
   <si>
     <t>2711</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2711/ind_424_-_wilson.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2711/ind_424_-_wilson.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e ao Diretor do DEMTRAN, Sr. JOSÉ AUGUSTO DA SILVA SOBRINHO, solicitando a demarcação para estacionamento de ônibus, em frente à Escola Municipal Arco Iris e do CEINF Paulo da Silveira Fattor.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -483,67 +483,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1885/ind_17_-_joao_dan.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2319/ind_249_-_arion.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2383/ind_274_-_cida.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2474/ind_312_-_arion.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2492/ind_325.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2711/ind_424_-_wilson.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1885/ind_17_-_joao_dan.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2319/ind_249_-_arion.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2383/ind_274_-_cida.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2474/ind_312_-_arion.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2492/ind_325.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2711/ind_424_-_wilson.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="98.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="97.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>